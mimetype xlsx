--- v0 (2025-11-01)
+++ v1 (2026-01-30)
@@ -1,1650 +1,2070 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
+  <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24931"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" checkCompatibility="1" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\m.gobert\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Afd_OW\06_02_Lokaal_WB\06_02_01_Watervoorziening_en_gebruik\Drinkwater\Drinkwaterkwaliteit\Drinkwatermaatschappijen\Rapport drinkwaterkwaliteit\Rapport 2024\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{28F3E5BB-28B8-4A15-8090-756EDF49669D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A62B120D-58E0-46D5-B387-FBB9AEF51794}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="15000" tabRatio="865" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="920" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Leeswijzer" sheetId="116" r:id="rId1"/>
-[...14 lines deleted...]
-    <sheet name="DW W12" sheetId="130" r:id="rId16"/>
+    <sheet name="Leeswijzer" sheetId="125" r:id="rId1"/>
+    <sheet name="AWW PB" sheetId="106" r:id="rId2"/>
+    <sheet name="Pidpa 9" sheetId="128" r:id="rId3"/>
+    <sheet name="LG24_MO09" sheetId="129" r:id="rId4"/>
+    <sheet name="LG24_MO29" sheetId="130" r:id="rId5"/>
+    <sheet name="LG24_O03" sheetId="131" r:id="rId6"/>
+    <sheet name="Pidpa 1" sheetId="132" r:id="rId7"/>
+    <sheet name="LG24_MO16" sheetId="133" r:id="rId8"/>
+    <sheet name="LG24_O01" sheetId="134" r:id="rId9"/>
+    <sheet name="LG24_O20" sheetId="135" r:id="rId10"/>
+    <sheet name="LG24_O15" sheetId="136" r:id="rId11"/>
+    <sheet name="Knokke-Heist" sheetId="137" r:id="rId12"/>
+    <sheet name="Aquaduin" sheetId="138" r:id="rId13"/>
+    <sheet name="LG24_W03" sheetId="139" r:id="rId14"/>
+    <sheet name="LG24_W11" sheetId="140" r:id="rId15"/>
+    <sheet name="LG24_MW01" sheetId="141" r:id="rId16"/>
+    <sheet name="LG24_MW16" sheetId="142" r:id="rId17"/>
+    <sheet name="LG24_MO03" sheetId="143" r:id="rId18"/>
+    <sheet name="LG24_W19" sheetId="144" r:id="rId19"/>
+    <sheet name="LG24_W18" sheetId="145" r:id="rId20"/>
+    <sheet name="Farys 5" sheetId="146" r:id="rId21"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G31" i="130" l="1"/>
-[...1348 lines deleted...]
-  <c r="E2" i="119"/>
+  <c r="I2" i="128" l="1"/>
+  <c r="K2" i="128" s="1"/>
+  <c r="I2" i="129"/>
+  <c r="K2" i="129" s="1"/>
+  <c r="I2" i="130"/>
+  <c r="K2" i="130" s="1"/>
+  <c r="I2" i="131"/>
+  <c r="K2" i="131" s="1"/>
+  <c r="I2" i="132"/>
+  <c r="K2" i="132" s="1"/>
+  <c r="I2" i="133"/>
+  <c r="I2" i="134"/>
+  <c r="K2" i="134" s="1"/>
+  <c r="I2" i="135"/>
+  <c r="I2" i="136"/>
+  <c r="I2" i="137"/>
+  <c r="K2" i="137" s="1"/>
+  <c r="I2" i="138"/>
+  <c r="I2" i="139"/>
+  <c r="K2" i="139" s="1"/>
+  <c r="I2" i="140"/>
+  <c r="I2" i="141"/>
+  <c r="I2" i="142"/>
+  <c r="K2" i="142" s="1"/>
+  <c r="I2" i="143"/>
+  <c r="I2" i="144"/>
+  <c r="I2" i="145"/>
+  <c r="K2" i="145" s="1"/>
+  <c r="I2" i="146"/>
+  <c r="I2" i="106"/>
+  <c r="K2" i="106" s="1"/>
+  <c r="I3" i="128"/>
+  <c r="K3" i="128" s="1"/>
+  <c r="I4" i="128"/>
+  <c r="I5" i="128"/>
+  <c r="K5" i="128" s="1"/>
+  <c r="I6" i="128"/>
+  <c r="I7" i="128"/>
+  <c r="K7" i="128" s="1"/>
+  <c r="I8" i="128"/>
+  <c r="K8" i="128" s="1"/>
+  <c r="I9" i="128"/>
+  <c r="I10" i="128"/>
+  <c r="K10" i="128" s="1"/>
+  <c r="I11" i="128"/>
+  <c r="K11" i="128" s="1"/>
+  <c r="I12" i="128"/>
+  <c r="I13" i="128"/>
+  <c r="K13" i="128" s="1"/>
+  <c r="I14" i="128"/>
+  <c r="K14" i="128" s="1"/>
+  <c r="I15" i="128"/>
+  <c r="K15" i="128" s="1"/>
+  <c r="I16" i="128"/>
+  <c r="K16" i="128" s="1"/>
+  <c r="I17" i="128"/>
+  <c r="K17" i="128" s="1"/>
+  <c r="I18" i="128"/>
+  <c r="I19" i="128"/>
+  <c r="K19" i="128" s="1"/>
+  <c r="I20" i="128"/>
+  <c r="I21" i="128"/>
+  <c r="K21" i="128" s="1"/>
+  <c r="I22" i="128"/>
+  <c r="K22" i="128" s="1"/>
+  <c r="I23" i="128"/>
+  <c r="K23" i="128" s="1"/>
+  <c r="I24" i="128"/>
+  <c r="K24" i="128" s="1"/>
+  <c r="I25" i="128"/>
+  <c r="I26" i="128"/>
+  <c r="K26" i="128" s="1"/>
+  <c r="I27" i="128"/>
+  <c r="K27" i="128" s="1"/>
+  <c r="I28" i="128"/>
+  <c r="K28" i="128" s="1"/>
+  <c r="I29" i="128"/>
+  <c r="K29" i="128" s="1"/>
+  <c r="I30" i="128"/>
+  <c r="K30" i="128" s="1"/>
+  <c r="I31" i="128"/>
+  <c r="K31" i="128" s="1"/>
+  <c r="I32" i="128"/>
+  <c r="K32" i="128" s="1"/>
+  <c r="I3" i="129"/>
+  <c r="K3" i="129" s="1"/>
+  <c r="I4" i="129"/>
+  <c r="K4" i="129" s="1"/>
+  <c r="I5" i="129"/>
+  <c r="K5" i="129" s="1"/>
+  <c r="I6" i="129"/>
+  <c r="K6" i="129" s="1"/>
+  <c r="I7" i="129"/>
+  <c r="K7" i="129" s="1"/>
+  <c r="I8" i="129"/>
+  <c r="K8" i="129" s="1"/>
+  <c r="I9" i="129"/>
+  <c r="K9" i="129" s="1"/>
+  <c r="I10" i="129"/>
+  <c r="K10" i="129" s="1"/>
+  <c r="I11" i="129"/>
+  <c r="K11" i="129" s="1"/>
+  <c r="I12" i="129"/>
+  <c r="I13" i="129"/>
+  <c r="K13" i="129" s="1"/>
+  <c r="I14" i="129"/>
+  <c r="K14" i="129" s="1"/>
+  <c r="I15" i="129"/>
+  <c r="K15" i="129" s="1"/>
+  <c r="I16" i="129"/>
+  <c r="K16" i="129" s="1"/>
+  <c r="I17" i="129"/>
+  <c r="K17" i="129" s="1"/>
+  <c r="I18" i="129"/>
+  <c r="I19" i="129"/>
+  <c r="K19" i="129" s="1"/>
+  <c r="I20" i="129"/>
+  <c r="I21" i="129"/>
+  <c r="K21" i="129" s="1"/>
+  <c r="I22" i="129"/>
+  <c r="K22" i="129" s="1"/>
+  <c r="I23" i="129"/>
+  <c r="K23" i="129" s="1"/>
+  <c r="I24" i="129"/>
+  <c r="K24" i="129" s="1"/>
+  <c r="I25" i="129"/>
+  <c r="K25" i="129" s="1"/>
+  <c r="I26" i="129"/>
+  <c r="K26" i="129" s="1"/>
+  <c r="I27" i="129"/>
+  <c r="K27" i="129" s="1"/>
+  <c r="I28" i="129"/>
+  <c r="K28" i="129" s="1"/>
+  <c r="I29" i="129"/>
+  <c r="K29" i="129" s="1"/>
+  <c r="I30" i="129"/>
+  <c r="K30" i="129" s="1"/>
+  <c r="I31" i="129"/>
+  <c r="K31" i="129" s="1"/>
+  <c r="I32" i="129"/>
+  <c r="I3" i="130"/>
+  <c r="K3" i="130" s="1"/>
+  <c r="I4" i="130"/>
+  <c r="K4" i="130" s="1"/>
+  <c r="I5" i="130"/>
+  <c r="I6" i="130"/>
+  <c r="K6" i="130" s="1"/>
+  <c r="I7" i="130"/>
+  <c r="K7" i="130" s="1"/>
+  <c r="I8" i="130"/>
+  <c r="I9" i="130"/>
+  <c r="K9" i="130" s="1"/>
+  <c r="I10" i="130"/>
+  <c r="K10" i="130" s="1"/>
+  <c r="I11" i="130"/>
+  <c r="K11" i="130" s="1"/>
+  <c r="I12" i="130"/>
+  <c r="K12" i="130" s="1"/>
+  <c r="I13" i="130"/>
+  <c r="I14" i="130"/>
+  <c r="K14" i="130" s="1"/>
+  <c r="I15" i="130"/>
+  <c r="K15" i="130" s="1"/>
+  <c r="I16" i="130"/>
+  <c r="I17" i="130"/>
+  <c r="K17" i="130" s="1"/>
+  <c r="I18" i="130"/>
+  <c r="K18" i="130" s="1"/>
+  <c r="I19" i="130"/>
+  <c r="K19" i="130" s="1"/>
+  <c r="I20" i="130"/>
+  <c r="K20" i="130" s="1"/>
+  <c r="I21" i="130"/>
+  <c r="I22" i="130"/>
+  <c r="K22" i="130" s="1"/>
+  <c r="I23" i="130"/>
+  <c r="K23" i="130" s="1"/>
+  <c r="I24" i="130"/>
+  <c r="I25" i="130"/>
+  <c r="K25" i="130" s="1"/>
+  <c r="I26" i="130"/>
+  <c r="K26" i="130" s="1"/>
+  <c r="I27" i="130"/>
+  <c r="K27" i="130" s="1"/>
+  <c r="I28" i="130"/>
+  <c r="K28" i="130" s="1"/>
+  <c r="I29" i="130"/>
+  <c r="K29" i="130" s="1"/>
+  <c r="I30" i="130"/>
+  <c r="K30" i="130" s="1"/>
+  <c r="I31" i="130"/>
+  <c r="K31" i="130" s="1"/>
+  <c r="I32" i="130"/>
+  <c r="K32" i="130" s="1"/>
+  <c r="I3" i="131"/>
+  <c r="K3" i="131" s="1"/>
+  <c r="I4" i="131"/>
+  <c r="K4" i="131" s="1"/>
+  <c r="I5" i="131"/>
+  <c r="K5" i="131" s="1"/>
+  <c r="I6" i="131"/>
+  <c r="K6" i="131" s="1"/>
+  <c r="I7" i="131"/>
+  <c r="K7" i="131" s="1"/>
+  <c r="I8" i="131"/>
+  <c r="K8" i="131" s="1"/>
+  <c r="I9" i="131"/>
+  <c r="K9" i="131" s="1"/>
+  <c r="I10" i="131"/>
+  <c r="K10" i="131" s="1"/>
+  <c r="I11" i="131"/>
+  <c r="K11" i="131" s="1"/>
+  <c r="I12" i="131"/>
+  <c r="K12" i="131" s="1"/>
+  <c r="I13" i="131"/>
+  <c r="K13" i="131" s="1"/>
+  <c r="I14" i="131"/>
+  <c r="K14" i="131" s="1"/>
+  <c r="I15" i="131"/>
+  <c r="K15" i="131" s="1"/>
+  <c r="I16" i="131"/>
+  <c r="I17" i="131"/>
+  <c r="K17" i="131" s="1"/>
+  <c r="I18" i="131"/>
+  <c r="K18" i="131" s="1"/>
+  <c r="I19" i="131"/>
+  <c r="K19" i="131" s="1"/>
+  <c r="I20" i="131"/>
+  <c r="K20" i="131" s="1"/>
+  <c r="I21" i="131"/>
+  <c r="K21" i="131" s="1"/>
+  <c r="I22" i="131"/>
+  <c r="K22" i="131" s="1"/>
+  <c r="I23" i="131"/>
+  <c r="K23" i="131" s="1"/>
+  <c r="I24" i="131"/>
+  <c r="K24" i="131" s="1"/>
+  <c r="I25" i="131"/>
+  <c r="K25" i="131" s="1"/>
+  <c r="I26" i="131"/>
+  <c r="K26" i="131" s="1"/>
+  <c r="I27" i="131"/>
+  <c r="K27" i="131" s="1"/>
+  <c r="I28" i="131"/>
+  <c r="K28" i="131" s="1"/>
+  <c r="I29" i="131"/>
+  <c r="K29" i="131" s="1"/>
+  <c r="I30" i="131"/>
+  <c r="K30" i="131" s="1"/>
+  <c r="I31" i="131"/>
+  <c r="K31" i="131" s="1"/>
+  <c r="I32" i="131"/>
+  <c r="K32" i="131" s="1"/>
+  <c r="I3" i="132"/>
+  <c r="K3" i="132" s="1"/>
+  <c r="I4" i="132"/>
+  <c r="I5" i="132"/>
+  <c r="K5" i="132" s="1"/>
+  <c r="I6" i="132"/>
+  <c r="K6" i="132" s="1"/>
+  <c r="I7" i="132"/>
+  <c r="K7" i="132" s="1"/>
+  <c r="I8" i="132"/>
+  <c r="K8" i="132" s="1"/>
+  <c r="I9" i="132"/>
+  <c r="I10" i="132"/>
+  <c r="K10" i="132" s="1"/>
+  <c r="I11" i="132"/>
+  <c r="K11" i="132" s="1"/>
+  <c r="I12" i="132"/>
+  <c r="I13" i="132"/>
+  <c r="K13" i="132" s="1"/>
+  <c r="I14" i="132"/>
+  <c r="K14" i="132" s="1"/>
+  <c r="I15" i="132"/>
+  <c r="I16" i="132"/>
+  <c r="K16" i="132" s="1"/>
+  <c r="I17" i="132"/>
+  <c r="I18" i="132"/>
+  <c r="I19" i="132"/>
+  <c r="K19" i="132" s="1"/>
+  <c r="I20" i="132"/>
+  <c r="I21" i="132"/>
+  <c r="K21" i="132" s="1"/>
+  <c r="I22" i="132"/>
+  <c r="K22" i="132" s="1"/>
+  <c r="I23" i="132"/>
+  <c r="K23" i="132" s="1"/>
+  <c r="I24" i="132"/>
+  <c r="K24" i="132" s="1"/>
+  <c r="I25" i="132"/>
+  <c r="K25" i="132" s="1"/>
+  <c r="I26" i="132"/>
+  <c r="K26" i="132" s="1"/>
+  <c r="I27" i="132"/>
+  <c r="K27" i="132" s="1"/>
+  <c r="I28" i="132"/>
+  <c r="K28" i="132" s="1"/>
+  <c r="I29" i="132"/>
+  <c r="K29" i="132" s="1"/>
+  <c r="I30" i="132"/>
+  <c r="K30" i="132" s="1"/>
+  <c r="I31" i="132"/>
+  <c r="K31" i="132" s="1"/>
+  <c r="I32" i="132"/>
+  <c r="K32" i="132" s="1"/>
+  <c r="I3" i="133"/>
+  <c r="I4" i="133"/>
+  <c r="K4" i="133" s="1"/>
+  <c r="I5" i="133"/>
+  <c r="K5" i="133" s="1"/>
+  <c r="I6" i="133"/>
+  <c r="I7" i="133"/>
+  <c r="K7" i="133" s="1"/>
+  <c r="I8" i="133"/>
+  <c r="K8" i="133" s="1"/>
+  <c r="I9" i="133"/>
+  <c r="I10" i="133"/>
+  <c r="K10" i="133" s="1"/>
+  <c r="I11" i="133"/>
+  <c r="I12" i="133"/>
+  <c r="K12" i="133" s="1"/>
+  <c r="I13" i="133"/>
+  <c r="K13" i="133" s="1"/>
+  <c r="I14" i="133"/>
+  <c r="I15" i="133"/>
+  <c r="I16" i="133"/>
+  <c r="K16" i="133" s="1"/>
+  <c r="I17" i="133"/>
+  <c r="I18" i="133"/>
+  <c r="I19" i="133"/>
+  <c r="I20" i="133"/>
+  <c r="K20" i="133" s="1"/>
+  <c r="I21" i="133"/>
+  <c r="K21" i="133" s="1"/>
+  <c r="I22" i="133"/>
+  <c r="K22" i="133" s="1"/>
+  <c r="I23" i="133"/>
+  <c r="K23" i="133" s="1"/>
+  <c r="I24" i="133"/>
+  <c r="I25" i="133"/>
+  <c r="K25" i="133" s="1"/>
+  <c r="I26" i="133"/>
+  <c r="I27" i="133"/>
+  <c r="I28" i="133"/>
+  <c r="K28" i="133" s="1"/>
+  <c r="I29" i="133"/>
+  <c r="K29" i="133" s="1"/>
+  <c r="I30" i="133"/>
+  <c r="K30" i="133" s="1"/>
+  <c r="I31" i="133"/>
+  <c r="K31" i="133" s="1"/>
+  <c r="I32" i="133"/>
+  <c r="K32" i="133" s="1"/>
+  <c r="I3" i="134"/>
+  <c r="I4" i="134"/>
+  <c r="K4" i="134" s="1"/>
+  <c r="I5" i="134"/>
+  <c r="I6" i="134"/>
+  <c r="K6" i="134" s="1"/>
+  <c r="I7" i="134"/>
+  <c r="K7" i="134" s="1"/>
+  <c r="I8" i="134"/>
+  <c r="I9" i="134"/>
+  <c r="K9" i="134" s="1"/>
+  <c r="I10" i="134"/>
+  <c r="K10" i="134" s="1"/>
+  <c r="I11" i="134"/>
+  <c r="I12" i="134"/>
+  <c r="K12" i="134" s="1"/>
+  <c r="I13" i="134"/>
+  <c r="I14" i="134"/>
+  <c r="K14" i="134" s="1"/>
+  <c r="I15" i="134"/>
+  <c r="K15" i="134" s="1"/>
+  <c r="I16" i="134"/>
+  <c r="I17" i="134"/>
+  <c r="K17" i="134" s="1"/>
+  <c r="I18" i="134"/>
+  <c r="K18" i="134" s="1"/>
+  <c r="I19" i="134"/>
+  <c r="I20" i="134"/>
+  <c r="K20" i="134" s="1"/>
+  <c r="I21" i="134"/>
+  <c r="I22" i="134"/>
+  <c r="K22" i="134" s="1"/>
+  <c r="I23" i="134"/>
+  <c r="K23" i="134" s="1"/>
+  <c r="I24" i="134"/>
+  <c r="I25" i="134"/>
+  <c r="K25" i="134" s="1"/>
+  <c r="I26" i="134"/>
+  <c r="K26" i="134" s="1"/>
+  <c r="I27" i="134"/>
+  <c r="K27" i="134" s="1"/>
+  <c r="I28" i="134"/>
+  <c r="K28" i="134" s="1"/>
+  <c r="I29" i="134"/>
+  <c r="K29" i="134" s="1"/>
+  <c r="I30" i="134"/>
+  <c r="K30" i="134" s="1"/>
+  <c r="I31" i="134"/>
+  <c r="K31" i="134" s="1"/>
+  <c r="I32" i="134"/>
+  <c r="K32" i="134" s="1"/>
+  <c r="I3" i="135"/>
+  <c r="I4" i="135"/>
+  <c r="K4" i="135" s="1"/>
+  <c r="I5" i="135"/>
+  <c r="I6" i="135"/>
+  <c r="K6" i="135" s="1"/>
+  <c r="I7" i="135"/>
+  <c r="I8" i="135"/>
+  <c r="K8" i="135" s="1"/>
+  <c r="I9" i="135"/>
+  <c r="K9" i="135" s="1"/>
+  <c r="I10" i="135"/>
+  <c r="I11" i="135"/>
+  <c r="I12" i="135"/>
+  <c r="K12" i="135" s="1"/>
+  <c r="I13" i="135"/>
+  <c r="I14" i="135"/>
+  <c r="K14" i="135" s="1"/>
+  <c r="I15" i="135"/>
+  <c r="I16" i="135"/>
+  <c r="K16" i="135" s="1"/>
+  <c r="I17" i="135"/>
+  <c r="K17" i="135" s="1"/>
+  <c r="I18" i="135"/>
+  <c r="L18" i="135" s="1"/>
+  <c r="I19" i="135"/>
+  <c r="K19" i="135" s="1"/>
+  <c r="I20" i="135"/>
+  <c r="I21" i="135"/>
+  <c r="K21" i="135" s="1"/>
+  <c r="I22" i="135"/>
+  <c r="K22" i="135" s="1"/>
+  <c r="I23" i="135"/>
+  <c r="K23" i="135" s="1"/>
+  <c r="I24" i="135"/>
+  <c r="K24" i="135" s="1"/>
+  <c r="I25" i="135"/>
+  <c r="K25" i="135" s="1"/>
+  <c r="I26" i="135"/>
+  <c r="I27" i="135"/>
+  <c r="K27" i="135" s="1"/>
+  <c r="I28" i="135"/>
+  <c r="K28" i="135" s="1"/>
+  <c r="I29" i="135"/>
+  <c r="K29" i="135" s="1"/>
+  <c r="I30" i="135"/>
+  <c r="K30" i="135" s="1"/>
+  <c r="I31" i="135"/>
+  <c r="K31" i="135" s="1"/>
+  <c r="I32" i="135"/>
+  <c r="K32" i="135" s="1"/>
+  <c r="I3" i="136"/>
+  <c r="K3" i="136" s="1"/>
+  <c r="I4" i="136"/>
+  <c r="I5" i="136"/>
+  <c r="K5" i="136" s="1"/>
+  <c r="I6" i="136"/>
+  <c r="I7" i="136"/>
+  <c r="K7" i="136" s="1"/>
+  <c r="I8" i="136"/>
+  <c r="K8" i="136" s="1"/>
+  <c r="I9" i="136"/>
+  <c r="K9" i="136" s="1"/>
+  <c r="I10" i="136"/>
+  <c r="K10" i="136" s="1"/>
+  <c r="I11" i="136"/>
+  <c r="K11" i="136" s="1"/>
+  <c r="I12" i="136"/>
+  <c r="I13" i="136"/>
+  <c r="K13" i="136" s="1"/>
+  <c r="I14" i="136"/>
+  <c r="I15" i="136"/>
+  <c r="I16" i="136"/>
+  <c r="K16" i="136" s="1"/>
+  <c r="I17" i="136"/>
+  <c r="I18" i="136"/>
+  <c r="I19" i="136"/>
+  <c r="I20" i="136"/>
+  <c r="I21" i="136"/>
+  <c r="I22" i="136"/>
+  <c r="K22" i="136" s="1"/>
+  <c r="I23" i="136"/>
+  <c r="I24" i="136"/>
+  <c r="K24" i="136" s="1"/>
+  <c r="I25" i="136"/>
+  <c r="I26" i="136"/>
+  <c r="K26" i="136" s="1"/>
+  <c r="I27" i="136"/>
+  <c r="I28" i="136"/>
+  <c r="K28" i="136" s="1"/>
+  <c r="I29" i="136"/>
+  <c r="K29" i="136" s="1"/>
+  <c r="I30" i="136"/>
+  <c r="K30" i="136" s="1"/>
+  <c r="I31" i="136"/>
+  <c r="K31" i="136" s="1"/>
+  <c r="I32" i="136"/>
+  <c r="I3" i="137"/>
+  <c r="I4" i="137"/>
+  <c r="K4" i="137" s="1"/>
+  <c r="I5" i="137"/>
+  <c r="I6" i="137"/>
+  <c r="I7" i="137"/>
+  <c r="I8" i="137"/>
+  <c r="K8" i="137" s="1"/>
+  <c r="I9" i="137"/>
+  <c r="I10" i="137"/>
+  <c r="K10" i="137" s="1"/>
+  <c r="I11" i="137"/>
+  <c r="I12" i="137"/>
+  <c r="K12" i="137" s="1"/>
+  <c r="I13" i="137"/>
+  <c r="I14" i="137"/>
+  <c r="I15" i="137"/>
+  <c r="I16" i="137"/>
+  <c r="K16" i="137" s="1"/>
+  <c r="I17" i="137"/>
+  <c r="K17" i="137" s="1"/>
+  <c r="I18" i="137"/>
+  <c r="K18" i="137" s="1"/>
+  <c r="I19" i="137"/>
+  <c r="K19" i="137" s="1"/>
+  <c r="I20" i="137"/>
+  <c r="I21" i="137"/>
+  <c r="K21" i="137" s="1"/>
+  <c r="I22" i="137"/>
+  <c r="I23" i="137"/>
+  <c r="K23" i="137" s="1"/>
+  <c r="I24" i="137"/>
+  <c r="K24" i="137" s="1"/>
+  <c r="I25" i="137"/>
+  <c r="I26" i="137"/>
+  <c r="K26" i="137" s="1"/>
+  <c r="I27" i="137"/>
+  <c r="I28" i="137"/>
+  <c r="K28" i="137" s="1"/>
+  <c r="I29" i="137"/>
+  <c r="K29" i="137" s="1"/>
+  <c r="I30" i="137"/>
+  <c r="K30" i="137" s="1"/>
+  <c r="I31" i="137"/>
+  <c r="K31" i="137" s="1"/>
+  <c r="I32" i="137"/>
+  <c r="K32" i="137" s="1"/>
+  <c r="I3" i="138"/>
+  <c r="I4" i="138"/>
+  <c r="K4" i="138" s="1"/>
+  <c r="I5" i="138"/>
+  <c r="I6" i="138"/>
+  <c r="I7" i="138"/>
+  <c r="K7" i="138" s="1"/>
+  <c r="I8" i="138"/>
+  <c r="I9" i="138"/>
+  <c r="K9" i="138" s="1"/>
+  <c r="I10" i="138"/>
+  <c r="K10" i="138" s="1"/>
+  <c r="I11" i="138"/>
+  <c r="I12" i="138"/>
+  <c r="K12" i="138" s="1"/>
+  <c r="I13" i="138"/>
+  <c r="I14" i="138"/>
+  <c r="I15" i="138"/>
+  <c r="K15" i="138" s="1"/>
+  <c r="I16" i="138"/>
+  <c r="I17" i="138"/>
+  <c r="K17" i="138" s="1"/>
+  <c r="I18" i="138"/>
+  <c r="K18" i="138" s="1"/>
+  <c r="I19" i="138"/>
+  <c r="I20" i="138"/>
+  <c r="K20" i="138" s="1"/>
+  <c r="I21" i="138"/>
+  <c r="I22" i="138"/>
+  <c r="K22" i="138" s="1"/>
+  <c r="I23" i="138"/>
+  <c r="K23" i="138" s="1"/>
+  <c r="I24" i="138"/>
+  <c r="K24" i="138" s="1"/>
+  <c r="I25" i="138"/>
+  <c r="K25" i="138" s="1"/>
+  <c r="I26" i="138"/>
+  <c r="K26" i="138" s="1"/>
+  <c r="I27" i="138"/>
+  <c r="K27" i="138" s="1"/>
+  <c r="I28" i="138"/>
+  <c r="K28" i="138" s="1"/>
+  <c r="I29" i="138"/>
+  <c r="K29" i="138" s="1"/>
+  <c r="I30" i="138"/>
+  <c r="K30" i="138" s="1"/>
+  <c r="I31" i="138"/>
+  <c r="K31" i="138" s="1"/>
+  <c r="I32" i="138"/>
+  <c r="K32" i="138" s="1"/>
+  <c r="I3" i="139"/>
+  <c r="K3" i="139" s="1"/>
+  <c r="I4" i="139"/>
+  <c r="K4" i="139" s="1"/>
+  <c r="I5" i="139"/>
+  <c r="K5" i="139" s="1"/>
+  <c r="I6" i="139"/>
+  <c r="K6" i="139" s="1"/>
+  <c r="I7" i="139"/>
+  <c r="K7" i="139" s="1"/>
+  <c r="I8" i="139"/>
+  <c r="K8" i="139" s="1"/>
+  <c r="I9" i="139"/>
+  <c r="I10" i="139"/>
+  <c r="I11" i="139"/>
+  <c r="K11" i="139" s="1"/>
+  <c r="I12" i="139"/>
+  <c r="K12" i="139" s="1"/>
+  <c r="I13" i="139"/>
+  <c r="I14" i="139"/>
+  <c r="K14" i="139" s="1"/>
+  <c r="I15" i="139"/>
+  <c r="I16" i="139"/>
+  <c r="I17" i="139"/>
+  <c r="K17" i="139" s="1"/>
+  <c r="I18" i="139"/>
+  <c r="I19" i="139"/>
+  <c r="K19" i="139" s="1"/>
+  <c r="I20" i="139"/>
+  <c r="K20" i="139" s="1"/>
+  <c r="I21" i="139"/>
+  <c r="I22" i="139"/>
+  <c r="K22" i="139" s="1"/>
+  <c r="I23" i="139"/>
+  <c r="I24" i="139"/>
+  <c r="I25" i="139"/>
+  <c r="K25" i="139" s="1"/>
+  <c r="I26" i="139"/>
+  <c r="I27" i="139"/>
+  <c r="K27" i="139" s="1"/>
+  <c r="I28" i="139"/>
+  <c r="K28" i="139" s="1"/>
+  <c r="I29" i="139"/>
+  <c r="K29" i="139" s="1"/>
+  <c r="I30" i="139"/>
+  <c r="K30" i="139" s="1"/>
+  <c r="I31" i="139"/>
+  <c r="K31" i="139" s="1"/>
+  <c r="I32" i="139"/>
+  <c r="K32" i="139" s="1"/>
+  <c r="I3" i="140"/>
+  <c r="K3" i="140" s="1"/>
+  <c r="I4" i="140"/>
+  <c r="I5" i="140"/>
+  <c r="K5" i="140" s="1"/>
+  <c r="I6" i="140"/>
+  <c r="K6" i="140" s="1"/>
+  <c r="I7" i="140"/>
+  <c r="I8" i="140"/>
+  <c r="I9" i="140"/>
+  <c r="I10" i="140"/>
+  <c r="K10" i="140" s="1"/>
+  <c r="I11" i="140"/>
+  <c r="K11" i="140" s="1"/>
+  <c r="I12" i="140"/>
+  <c r="I13" i="140"/>
+  <c r="K13" i="140" s="1"/>
+  <c r="I14" i="140"/>
+  <c r="K14" i="140" s="1"/>
+  <c r="I15" i="140"/>
+  <c r="L15" i="140" s="1"/>
+  <c r="I16" i="140"/>
+  <c r="I17" i="140"/>
+  <c r="I18" i="140"/>
+  <c r="K18" i="140" s="1"/>
+  <c r="I19" i="140"/>
+  <c r="K19" i="140" s="1"/>
+  <c r="I20" i="140"/>
+  <c r="I21" i="140"/>
+  <c r="K21" i="140" s="1"/>
+  <c r="I22" i="140"/>
+  <c r="K22" i="140" s="1"/>
+  <c r="I23" i="140"/>
+  <c r="I24" i="140"/>
+  <c r="K24" i="140" s="1"/>
+  <c r="I25" i="140"/>
+  <c r="K25" i="140" s="1"/>
+  <c r="I26" i="140"/>
+  <c r="K26" i="140" s="1"/>
+  <c r="I27" i="140"/>
+  <c r="K27" i="140" s="1"/>
+  <c r="I28" i="140"/>
+  <c r="K28" i="140" s="1"/>
+  <c r="I29" i="140"/>
+  <c r="K29" i="140" s="1"/>
+  <c r="I30" i="140"/>
+  <c r="K30" i="140" s="1"/>
+  <c r="I31" i="140"/>
+  <c r="K31" i="140" s="1"/>
+  <c r="I32" i="140"/>
+  <c r="K32" i="140" s="1"/>
+  <c r="I3" i="141"/>
+  <c r="I4" i="141"/>
+  <c r="K4" i="141" s="1"/>
+  <c r="I5" i="141"/>
+  <c r="K5" i="141" s="1"/>
+  <c r="I6" i="141"/>
+  <c r="I7" i="141"/>
+  <c r="K7" i="141" s="1"/>
+  <c r="I8" i="141"/>
+  <c r="K8" i="141" s="1"/>
+  <c r="I9" i="141"/>
+  <c r="I10" i="141"/>
+  <c r="I11" i="141"/>
+  <c r="I12" i="141"/>
+  <c r="K12" i="141" s="1"/>
+  <c r="I13" i="141"/>
+  <c r="K13" i="141" s="1"/>
+  <c r="I14" i="141"/>
+  <c r="I15" i="141"/>
+  <c r="K15" i="141" s="1"/>
+  <c r="I16" i="141"/>
+  <c r="K16" i="141" s="1"/>
+  <c r="I17" i="141"/>
+  <c r="I18" i="141"/>
+  <c r="I19" i="141"/>
+  <c r="I20" i="141"/>
+  <c r="K20" i="141" s="1"/>
+  <c r="I21" i="141"/>
+  <c r="K21" i="141" s="1"/>
+  <c r="I22" i="141"/>
+  <c r="I23" i="141"/>
+  <c r="K23" i="141" s="1"/>
+  <c r="I24" i="141"/>
+  <c r="K24" i="141" s="1"/>
+  <c r="I25" i="141"/>
+  <c r="I26" i="141"/>
+  <c r="I27" i="141"/>
+  <c r="I28" i="141"/>
+  <c r="K28" i="141" s="1"/>
+  <c r="I29" i="141"/>
+  <c r="K29" i="141" s="1"/>
+  <c r="I30" i="141"/>
+  <c r="K30" i="141" s="1"/>
+  <c r="I31" i="141"/>
+  <c r="K31" i="141" s="1"/>
+  <c r="I32" i="141"/>
+  <c r="K32" i="141" s="1"/>
+  <c r="I3" i="142"/>
+  <c r="I4" i="142"/>
+  <c r="K4" i="142" s="1"/>
+  <c r="I5" i="142"/>
+  <c r="K5" i="142" s="1"/>
+  <c r="I6" i="142"/>
+  <c r="K6" i="142" s="1"/>
+  <c r="I7" i="142"/>
+  <c r="K7" i="142" s="1"/>
+  <c r="I8" i="142"/>
+  <c r="I9" i="142"/>
+  <c r="K9" i="142" s="1"/>
+  <c r="I10" i="142"/>
+  <c r="I11" i="142"/>
+  <c r="I12" i="142"/>
+  <c r="K12" i="142" s="1"/>
+  <c r="I13" i="142"/>
+  <c r="I14" i="142"/>
+  <c r="K14" i="142" s="1"/>
+  <c r="I15" i="142"/>
+  <c r="K15" i="142" s="1"/>
+  <c r="I16" i="142"/>
+  <c r="I17" i="142"/>
+  <c r="I18" i="142"/>
+  <c r="K18" i="142" s="1"/>
+  <c r="I19" i="142"/>
+  <c r="K19" i="142" s="1"/>
+  <c r="I20" i="142"/>
+  <c r="K20" i="142" s="1"/>
+  <c r="I21" i="142"/>
+  <c r="I22" i="142"/>
+  <c r="K22" i="142" s="1"/>
+  <c r="I23" i="142"/>
+  <c r="K23" i="142" s="1"/>
+  <c r="I24" i="142"/>
+  <c r="I25" i="142"/>
+  <c r="I26" i="142"/>
+  <c r="K26" i="142" s="1"/>
+  <c r="I27" i="142"/>
+  <c r="K27" i="142" s="1"/>
+  <c r="I28" i="142"/>
+  <c r="K28" i="142" s="1"/>
+  <c r="I29" i="142"/>
+  <c r="K29" i="142" s="1"/>
+  <c r="I30" i="142"/>
+  <c r="K30" i="142" s="1"/>
+  <c r="I31" i="142"/>
+  <c r="K31" i="142" s="1"/>
+  <c r="I32" i="142"/>
+  <c r="K32" i="142" s="1"/>
+  <c r="I3" i="143"/>
+  <c r="K3" i="143" s="1"/>
+  <c r="I4" i="143"/>
+  <c r="K4" i="143" s="1"/>
+  <c r="I5" i="143"/>
+  <c r="I6" i="143"/>
+  <c r="K6" i="143" s="1"/>
+  <c r="I7" i="143"/>
+  <c r="I8" i="143"/>
+  <c r="K8" i="143" s="1"/>
+  <c r="I9" i="143"/>
+  <c r="K9" i="143" s="1"/>
+  <c r="I10" i="143"/>
+  <c r="I11" i="143"/>
+  <c r="K11" i="143" s="1"/>
+  <c r="I12" i="143"/>
+  <c r="K12" i="143" s="1"/>
+  <c r="I13" i="143"/>
+  <c r="I14" i="143"/>
+  <c r="K14" i="143" s="1"/>
+  <c r="I15" i="143"/>
+  <c r="I16" i="143"/>
+  <c r="K16" i="143" s="1"/>
+  <c r="I17" i="143"/>
+  <c r="K17" i="143" s="1"/>
+  <c r="I18" i="143"/>
+  <c r="I19" i="143"/>
+  <c r="K19" i="143" s="1"/>
+  <c r="I20" i="143"/>
+  <c r="I21" i="143"/>
+  <c r="I22" i="143"/>
+  <c r="K22" i="143" s="1"/>
+  <c r="I23" i="143"/>
+  <c r="K23" i="143" s="1"/>
+  <c r="I24" i="143"/>
+  <c r="K24" i="143" s="1"/>
+  <c r="I25" i="143"/>
+  <c r="K25" i="143" s="1"/>
+  <c r="I26" i="143"/>
+  <c r="I27" i="143"/>
+  <c r="K27" i="143" s="1"/>
+  <c r="I28" i="143"/>
+  <c r="K28" i="143" s="1"/>
+  <c r="I29" i="143"/>
+  <c r="K29" i="143" s="1"/>
+  <c r="I30" i="143"/>
+  <c r="K30" i="143" s="1"/>
+  <c r="I31" i="143"/>
+  <c r="K31" i="143" s="1"/>
+  <c r="I32" i="143"/>
+  <c r="K32" i="143" s="1"/>
+  <c r="I3" i="144"/>
+  <c r="K3" i="144" s="1"/>
+  <c r="I4" i="144"/>
+  <c r="I5" i="144"/>
+  <c r="K5" i="144" s="1"/>
+  <c r="I6" i="144"/>
+  <c r="I7" i="144"/>
+  <c r="I8" i="144"/>
+  <c r="K8" i="144" s="1"/>
+  <c r="I9" i="144"/>
+  <c r="K9" i="144" s="1"/>
+  <c r="I10" i="144"/>
+  <c r="K10" i="144" s="1"/>
+  <c r="I11" i="144"/>
+  <c r="K11" i="144" s="1"/>
+  <c r="I12" i="144"/>
+  <c r="I13" i="144"/>
+  <c r="K13" i="144" s="1"/>
+  <c r="I14" i="144"/>
+  <c r="I15" i="144"/>
+  <c r="I16" i="144"/>
+  <c r="K16" i="144" s="1"/>
+  <c r="I17" i="144"/>
+  <c r="I18" i="144"/>
+  <c r="K18" i="144" s="1"/>
+  <c r="I19" i="144"/>
+  <c r="I20" i="144"/>
+  <c r="I21" i="144"/>
+  <c r="I22" i="144"/>
+  <c r="K22" i="144" s="1"/>
+  <c r="I23" i="144"/>
+  <c r="K23" i="144" s="1"/>
+  <c r="I24" i="144"/>
+  <c r="K24" i="144" s="1"/>
+  <c r="I25" i="144"/>
+  <c r="I26" i="144"/>
+  <c r="K26" i="144" s="1"/>
+  <c r="I27" i="144"/>
+  <c r="I28" i="144"/>
+  <c r="K28" i="144" s="1"/>
+  <c r="I29" i="144"/>
+  <c r="K29" i="144" s="1"/>
+  <c r="I30" i="144"/>
+  <c r="K30" i="144" s="1"/>
+  <c r="I31" i="144"/>
+  <c r="K31" i="144" s="1"/>
+  <c r="I32" i="144"/>
+  <c r="K32" i="144" s="1"/>
+  <c r="I3" i="145"/>
+  <c r="I4" i="145"/>
+  <c r="K4" i="145" s="1"/>
+  <c r="I5" i="145"/>
+  <c r="I6" i="145"/>
+  <c r="I7" i="145"/>
+  <c r="I8" i="145"/>
+  <c r="K8" i="145" s="1"/>
+  <c r="I9" i="145"/>
+  <c r="K9" i="145" s="1"/>
+  <c r="I10" i="145"/>
+  <c r="K10" i="145" s="1"/>
+  <c r="I11" i="145"/>
+  <c r="I12" i="145"/>
+  <c r="K12" i="145" s="1"/>
+  <c r="I13" i="145"/>
+  <c r="I14" i="145"/>
+  <c r="I15" i="145"/>
+  <c r="I16" i="145"/>
+  <c r="K16" i="145" s="1"/>
+  <c r="I17" i="145"/>
+  <c r="I18" i="145"/>
+  <c r="K18" i="145" s="1"/>
+  <c r="I19" i="145"/>
+  <c r="I20" i="145"/>
+  <c r="I21" i="145"/>
+  <c r="K21" i="145" s="1"/>
+  <c r="I22" i="145"/>
+  <c r="I23" i="145"/>
+  <c r="K23" i="145" s="1"/>
+  <c r="I24" i="145"/>
+  <c r="K24" i="145" s="1"/>
+  <c r="I25" i="145"/>
+  <c r="I26" i="145"/>
+  <c r="K26" i="145" s="1"/>
+  <c r="I27" i="145"/>
+  <c r="I28" i="145"/>
+  <c r="K28" i="145" s="1"/>
+  <c r="I29" i="145"/>
+  <c r="K29" i="145" s="1"/>
+  <c r="I30" i="145"/>
+  <c r="K30" i="145" s="1"/>
+  <c r="I31" i="145"/>
+  <c r="K31" i="145" s="1"/>
+  <c r="I32" i="145"/>
+  <c r="K32" i="145" s="1"/>
+  <c r="I3" i="146"/>
+  <c r="K3" i="146" s="1"/>
+  <c r="I4" i="146"/>
+  <c r="K4" i="146" s="1"/>
+  <c r="I5" i="146"/>
+  <c r="I6" i="146"/>
+  <c r="I7" i="146"/>
+  <c r="K7" i="146" s="1"/>
+  <c r="I8" i="146"/>
+  <c r="I9" i="146"/>
+  <c r="K9" i="146" s="1"/>
+  <c r="I10" i="146"/>
+  <c r="K10" i="146" s="1"/>
+  <c r="I11" i="146"/>
+  <c r="I12" i="146"/>
+  <c r="I13" i="146"/>
+  <c r="K13" i="146" s="1"/>
+  <c r="I14" i="146"/>
+  <c r="I15" i="146"/>
+  <c r="K15" i="146" s="1"/>
+  <c r="I16" i="146"/>
+  <c r="L16" i="146" s="1"/>
+  <c r="I17" i="146"/>
+  <c r="K17" i="146" s="1"/>
+  <c r="I18" i="146"/>
+  <c r="K18" i="146" s="1"/>
+  <c r="I19" i="146"/>
+  <c r="L19" i="146" s="1"/>
+  <c r="I20" i="146"/>
+  <c r="K20" i="146" s="1"/>
+  <c r="I21" i="146"/>
+  <c r="I22" i="146"/>
+  <c r="K22" i="146" s="1"/>
+  <c r="I23" i="146"/>
+  <c r="I24" i="146"/>
+  <c r="I25" i="146"/>
+  <c r="K25" i="146" s="1"/>
+  <c r="I26" i="146"/>
+  <c r="K26" i="146" s="1"/>
+  <c r="I27" i="146"/>
+  <c r="I28" i="146"/>
+  <c r="K28" i="146" s="1"/>
+  <c r="I29" i="146"/>
+  <c r="K29" i="146" s="1"/>
+  <c r="I30" i="146"/>
+  <c r="K30" i="146" s="1"/>
+  <c r="I31" i="146"/>
+  <c r="K31" i="146" s="1"/>
+  <c r="I32" i="146"/>
+  <c r="K32" i="146" s="1"/>
+  <c r="I3" i="106"/>
+  <c r="K3" i="106" s="1"/>
+  <c r="I4" i="106"/>
+  <c r="K4" i="106" s="1"/>
+  <c r="I5" i="106"/>
+  <c r="K5" i="106" s="1"/>
+  <c r="I6" i="106"/>
+  <c r="K6" i="106" s="1"/>
+  <c r="I7" i="106"/>
+  <c r="I8" i="106"/>
+  <c r="K8" i="106" s="1"/>
+  <c r="I9" i="106"/>
+  <c r="I10" i="106"/>
+  <c r="I11" i="106"/>
+  <c r="K11" i="106" s="1"/>
+  <c r="I12" i="106"/>
+  <c r="K12" i="106" s="1"/>
+  <c r="I13" i="106"/>
+  <c r="I14" i="106"/>
+  <c r="K14" i="106" s="1"/>
+  <c r="I15" i="106"/>
+  <c r="I16" i="106"/>
+  <c r="K16" i="106" s="1"/>
+  <c r="I17" i="106"/>
+  <c r="K17" i="106" s="1"/>
+  <c r="I18" i="106"/>
+  <c r="I19" i="106"/>
+  <c r="K19" i="106" s="1"/>
+  <c r="I20" i="106"/>
+  <c r="K20" i="106" s="1"/>
+  <c r="I21" i="106"/>
+  <c r="I22" i="106"/>
+  <c r="I23" i="106"/>
+  <c r="I24" i="106"/>
+  <c r="I25" i="106"/>
+  <c r="K25" i="106" s="1"/>
+  <c r="I26" i="106"/>
+  <c r="I27" i="106"/>
+  <c r="K27" i="106" s="1"/>
+  <c r="I28" i="106"/>
+  <c r="K28" i="106" s="1"/>
+  <c r="I29" i="106"/>
+  <c r="K29" i="106" s="1"/>
+  <c r="I30" i="106"/>
+  <c r="K30" i="106" s="1"/>
+  <c r="I31" i="106"/>
+  <c r="K31" i="106" s="1"/>
+  <c r="I32" i="106"/>
+  <c r="K32" i="106" s="1"/>
+  <c r="L2" i="106"/>
+  <c r="L26" i="146"/>
+  <c r="L25" i="146"/>
+  <c r="L18" i="146"/>
+  <c r="L15" i="146"/>
+  <c r="L13" i="146"/>
+  <c r="L10" i="146"/>
+  <c r="L9" i="146"/>
+  <c r="L3" i="146"/>
+  <c r="L26" i="145"/>
+  <c r="L24" i="145"/>
+  <c r="L23" i="145"/>
+  <c r="L21" i="145"/>
+  <c r="L18" i="145"/>
+  <c r="L16" i="145"/>
+  <c r="L10" i="145"/>
+  <c r="L9" i="145"/>
+  <c r="L8" i="145"/>
+  <c r="L4" i="145"/>
+  <c r="L2" i="145"/>
+  <c r="L26" i="144"/>
+  <c r="L24" i="144"/>
+  <c r="L23" i="144"/>
+  <c r="L22" i="144"/>
+  <c r="L18" i="144"/>
+  <c r="L16" i="144"/>
+  <c r="L13" i="144"/>
+  <c r="L11" i="144"/>
+  <c r="L10" i="144"/>
+  <c r="L9" i="144"/>
+  <c r="L8" i="144"/>
+  <c r="L5" i="144"/>
+  <c r="L3" i="144"/>
+  <c r="L27" i="143"/>
+  <c r="L25" i="143"/>
+  <c r="L24" i="143"/>
+  <c r="L23" i="143"/>
+  <c r="L22" i="143"/>
+  <c r="L19" i="143"/>
+  <c r="L17" i="143"/>
+  <c r="L16" i="143"/>
+  <c r="L14" i="143"/>
+  <c r="L12" i="143"/>
+  <c r="L11" i="143"/>
+  <c r="L9" i="143"/>
+  <c r="L8" i="143"/>
+  <c r="L6" i="143"/>
+  <c r="L4" i="143"/>
+  <c r="L3" i="143"/>
+  <c r="L27" i="142"/>
+  <c r="L26" i="142"/>
+  <c r="L23" i="142"/>
+  <c r="L22" i="142"/>
+  <c r="L20" i="142"/>
+  <c r="L19" i="142"/>
+  <c r="L18" i="142"/>
+  <c r="L15" i="142"/>
+  <c r="L14" i="142"/>
+  <c r="L12" i="142"/>
+  <c r="L9" i="142"/>
+  <c r="L7" i="142"/>
+  <c r="L6" i="142"/>
+  <c r="L5" i="142"/>
+  <c r="L4" i="142"/>
+  <c r="L2" i="142"/>
+  <c r="L24" i="141"/>
+  <c r="L23" i="141"/>
+  <c r="L21" i="141"/>
+  <c r="L20" i="141"/>
+  <c r="L16" i="141"/>
+  <c r="L15" i="141"/>
+  <c r="L13" i="141"/>
+  <c r="L12" i="141"/>
+  <c r="L10" i="141"/>
+  <c r="L8" i="141"/>
+  <c r="L7" i="141"/>
+  <c r="L5" i="141"/>
+  <c r="L4" i="141"/>
+  <c r="L27" i="140"/>
+  <c r="L26" i="140"/>
+  <c r="L25" i="140"/>
+  <c r="L24" i="140"/>
+  <c r="L22" i="140"/>
+  <c r="L21" i="140"/>
+  <c r="L19" i="140"/>
+  <c r="L18" i="140"/>
+  <c r="L14" i="140"/>
+  <c r="L13" i="140"/>
+  <c r="L11" i="140"/>
+  <c r="L10" i="140"/>
+  <c r="L6" i="140"/>
+  <c r="L5" i="140"/>
+  <c r="L3" i="140"/>
+  <c r="L27" i="139"/>
+  <c r="L25" i="139"/>
+  <c r="L22" i="139"/>
+  <c r="L20" i="139"/>
+  <c r="L19" i="139"/>
+  <c r="L17" i="139"/>
+  <c r="L14" i="139"/>
+  <c r="L12" i="139"/>
+  <c r="L11" i="139"/>
+  <c r="L8" i="139"/>
+  <c r="L7" i="139"/>
+  <c r="L6" i="139"/>
+  <c r="L5" i="139"/>
+  <c r="L4" i="139"/>
+  <c r="L3" i="139"/>
+  <c r="L2" i="139"/>
+  <c r="L27" i="138"/>
+  <c r="L26" i="138"/>
+  <c r="L25" i="138"/>
+  <c r="L23" i="138"/>
+  <c r="L22" i="138"/>
+  <c r="L20" i="138"/>
+  <c r="L18" i="138"/>
+  <c r="L17" i="138"/>
+  <c r="L15" i="138"/>
+  <c r="L12" i="138"/>
+  <c r="L10" i="138"/>
+  <c r="L9" i="138"/>
+  <c r="L7" i="138"/>
+  <c r="L4" i="138"/>
+  <c r="L26" i="137"/>
+  <c r="L24" i="137"/>
+  <c r="L23" i="137"/>
+  <c r="L21" i="137"/>
+  <c r="L19" i="137"/>
+  <c r="L18" i="137"/>
+  <c r="L17" i="137"/>
+  <c r="L16" i="137"/>
+  <c r="L12" i="137"/>
+  <c r="L10" i="137"/>
+  <c r="L8" i="137"/>
+  <c r="L4" i="137"/>
+  <c r="L2" i="137"/>
+  <c r="L26" i="136"/>
+  <c r="L24" i="136"/>
+  <c r="L22" i="136"/>
+  <c r="L18" i="136"/>
+  <c r="L16" i="136"/>
+  <c r="L13" i="136"/>
+  <c r="L11" i="136"/>
+  <c r="L10" i="136"/>
+  <c r="L9" i="136"/>
+  <c r="L8" i="136"/>
+  <c r="L7" i="136"/>
+  <c r="L5" i="136"/>
+  <c r="L3" i="136"/>
+  <c r="L27" i="135"/>
+  <c r="L25" i="135"/>
+  <c r="L24" i="135"/>
+  <c r="L23" i="135"/>
+  <c r="L22" i="135"/>
+  <c r="L21" i="135"/>
+  <c r="L19" i="135"/>
+  <c r="L17" i="135"/>
+  <c r="L16" i="135"/>
+  <c r="L14" i="135"/>
+  <c r="L12" i="135"/>
+  <c r="L9" i="135"/>
+  <c r="L8" i="135"/>
+  <c r="L6" i="135"/>
+  <c r="L4" i="135"/>
+  <c r="L27" i="134"/>
+  <c r="L26" i="134"/>
+  <c r="L25" i="134"/>
+  <c r="L23" i="134"/>
+  <c r="L22" i="134"/>
+  <c r="L20" i="134"/>
+  <c r="L18" i="134"/>
+  <c r="L17" i="134"/>
+  <c r="L15" i="134"/>
+  <c r="L14" i="134"/>
+  <c r="L12" i="134"/>
+  <c r="L10" i="134"/>
+  <c r="L9" i="134"/>
+  <c r="L7" i="134"/>
+  <c r="L6" i="134"/>
+  <c r="L4" i="134"/>
+  <c r="L2" i="134"/>
+  <c r="L25" i="133"/>
+  <c r="L23" i="133"/>
+  <c r="L21" i="133"/>
+  <c r="L20" i="133"/>
+  <c r="L16" i="133"/>
+  <c r="L15" i="133"/>
+  <c r="L13" i="133"/>
+  <c r="L12" i="133"/>
+  <c r="L10" i="133"/>
+  <c r="L8" i="133"/>
+  <c r="L7" i="133"/>
+  <c r="L5" i="133"/>
+  <c r="L4" i="133"/>
+  <c r="L27" i="132"/>
+  <c r="L26" i="132"/>
+  <c r="L25" i="132"/>
+  <c r="L24" i="132"/>
+  <c r="L23" i="132"/>
+  <c r="L22" i="132"/>
+  <c r="L21" i="132"/>
+  <c r="L19" i="132"/>
+  <c r="L18" i="132"/>
+  <c r="L16" i="132"/>
+  <c r="L14" i="132"/>
+  <c r="L13" i="132"/>
+  <c r="L11" i="132"/>
+  <c r="L10" i="132"/>
+  <c r="L8" i="132"/>
+  <c r="L7" i="132"/>
+  <c r="L6" i="132"/>
+  <c r="L5" i="132"/>
+  <c r="L3" i="132"/>
+  <c r="L2" i="132"/>
+  <c r="L27" i="130"/>
+  <c r="L26" i="130"/>
+  <c r="L25" i="130"/>
+  <c r="L23" i="130"/>
+  <c r="L22" i="130"/>
+  <c r="L20" i="130"/>
+  <c r="L19" i="130"/>
+  <c r="L18" i="130"/>
+  <c r="L17" i="130"/>
+  <c r="L15" i="130"/>
+  <c r="L14" i="130"/>
+  <c r="L12" i="130"/>
+  <c r="L11" i="130"/>
+  <c r="L10" i="130"/>
+  <c r="L9" i="130"/>
+  <c r="L7" i="130"/>
+  <c r="L6" i="130"/>
+  <c r="L4" i="130"/>
+  <c r="L3" i="130"/>
+  <c r="L2" i="130"/>
+  <c r="L27" i="128"/>
+  <c r="L26" i="128"/>
+  <c r="L24" i="128"/>
+  <c r="L23" i="128"/>
+  <c r="L22" i="128"/>
+  <c r="L21" i="128"/>
+  <c r="L19" i="128"/>
+  <c r="L18" i="128"/>
+  <c r="L17" i="128"/>
+  <c r="L16" i="128"/>
+  <c r="L15" i="128"/>
+  <c r="L14" i="128"/>
+  <c r="L13" i="128"/>
+  <c r="L11" i="128"/>
+  <c r="L10" i="128"/>
+  <c r="L8" i="128"/>
+  <c r="L7" i="128"/>
+  <c r="L5" i="128"/>
+  <c r="L3" i="128"/>
+  <c r="L2" i="128"/>
+  <c r="L3" i="106"/>
+  <c r="L4" i="106"/>
+  <c r="L5" i="106"/>
+  <c r="L6" i="106"/>
+  <c r="L8" i="106"/>
+  <c r="L11" i="106"/>
+  <c r="L12" i="106"/>
+  <c r="L14" i="106"/>
+  <c r="L16" i="106"/>
+  <c r="L17" i="106"/>
+  <c r="L19" i="106"/>
+  <c r="L20" i="106"/>
+  <c r="L25" i="106"/>
+  <c r="L27" i="106"/>
+  <c r="L26" i="106" l="1"/>
+  <c r="K26" i="106"/>
+  <c r="L8" i="146"/>
+  <c r="K8" i="146"/>
+  <c r="L4" i="144"/>
+  <c r="K4" i="144"/>
+  <c r="L16" i="138"/>
+  <c r="K16" i="138"/>
+  <c r="L7" i="146"/>
+  <c r="L22" i="146"/>
+  <c r="L14" i="144"/>
+  <c r="K14" i="144"/>
+  <c r="L6" i="144"/>
+  <c r="K6" i="144"/>
+  <c r="L20" i="143"/>
+  <c r="K20" i="143"/>
+  <c r="L10" i="142"/>
+  <c r="K10" i="142"/>
+  <c r="L14" i="136"/>
+  <c r="K14" i="136"/>
+  <c r="L6" i="136"/>
+  <c r="K6" i="136"/>
+  <c r="L20" i="135"/>
+  <c r="K20" i="135"/>
+  <c r="L24" i="133"/>
+  <c r="K24" i="133"/>
+  <c r="L2" i="143"/>
+  <c r="K2" i="143"/>
+  <c r="L2" i="135"/>
+  <c r="K2" i="135"/>
+  <c r="L15" i="145"/>
+  <c r="K15" i="145"/>
+  <c r="L7" i="145"/>
+  <c r="K7" i="145"/>
+  <c r="L21" i="144"/>
+  <c r="K21" i="144"/>
+  <c r="L25" i="142"/>
+  <c r="K25" i="142"/>
+  <c r="L17" i="142"/>
+  <c r="K17" i="142"/>
+  <c r="L15" i="137"/>
+  <c r="K15" i="137"/>
+  <c r="L7" i="137"/>
+  <c r="K7" i="137"/>
+  <c r="L21" i="136"/>
+  <c r="K21" i="136"/>
+  <c r="L11" i="135"/>
+  <c r="K11" i="135"/>
+  <c r="L3" i="135"/>
+  <c r="K3" i="135"/>
+  <c r="L20" i="128"/>
+  <c r="K20" i="128"/>
+  <c r="L12" i="128"/>
+  <c r="K12" i="128"/>
+  <c r="L4" i="128"/>
+  <c r="K4" i="128"/>
+  <c r="L2" i="141"/>
+  <c r="K2" i="141"/>
+  <c r="L2" i="133"/>
+  <c r="K2" i="133"/>
+  <c r="L18" i="106"/>
+  <c r="K18" i="106"/>
+  <c r="L10" i="143"/>
+  <c r="K10" i="143"/>
+  <c r="L24" i="142"/>
+  <c r="K24" i="142"/>
+  <c r="L6" i="141"/>
+  <c r="K6" i="141"/>
+  <c r="L12" i="140"/>
+  <c r="K12" i="140"/>
+  <c r="L14" i="137"/>
+  <c r="K14" i="137"/>
+  <c r="L20" i="132"/>
+  <c r="K20" i="132"/>
+  <c r="L16" i="130"/>
+  <c r="K16" i="130"/>
+  <c r="L9" i="106"/>
+  <c r="K9" i="106"/>
+  <c r="L23" i="146"/>
+  <c r="K23" i="146"/>
+  <c r="L13" i="145"/>
+  <c r="K13" i="145"/>
+  <c r="L5" i="145"/>
+  <c r="K5" i="145"/>
+  <c r="L27" i="144"/>
+  <c r="K27" i="144"/>
+  <c r="L19" i="144"/>
+  <c r="K19" i="144"/>
+  <c r="L9" i="139"/>
+  <c r="K9" i="139"/>
+  <c r="L13" i="137"/>
+  <c r="K13" i="137"/>
+  <c r="L5" i="137"/>
+  <c r="K5" i="137"/>
+  <c r="L27" i="136"/>
+  <c r="K27" i="136"/>
+  <c r="L19" i="136"/>
+  <c r="K19" i="136"/>
+  <c r="L2" i="140"/>
+  <c r="K2" i="140"/>
+  <c r="L22" i="145"/>
+  <c r="K22" i="145"/>
+  <c r="L14" i="145"/>
+  <c r="K14" i="145"/>
+  <c r="L6" i="145"/>
+  <c r="K6" i="145"/>
+  <c r="L12" i="144"/>
+  <c r="K12" i="144"/>
+  <c r="L18" i="143"/>
+  <c r="K18" i="143"/>
+  <c r="L8" i="142"/>
+  <c r="K8" i="142"/>
+  <c r="L14" i="141"/>
+  <c r="K14" i="141"/>
+  <c r="L4" i="140"/>
+  <c r="K4" i="140"/>
+  <c r="L10" i="139"/>
+  <c r="K10" i="139"/>
+  <c r="L22" i="137"/>
+  <c r="K22" i="137"/>
+  <c r="L24" i="134"/>
+  <c r="K24" i="134"/>
+  <c r="L6" i="133"/>
+  <c r="K6" i="133"/>
+  <c r="L8" i="130"/>
+  <c r="K8" i="130"/>
+  <c r="L22" i="133"/>
+  <c r="L24" i="138"/>
+  <c r="L24" i="106"/>
+  <c r="K24" i="106"/>
+  <c r="L14" i="146"/>
+  <c r="K14" i="146"/>
+  <c r="L6" i="146"/>
+  <c r="K6" i="146"/>
+  <c r="L20" i="145"/>
+  <c r="K20" i="145"/>
+  <c r="L24" i="139"/>
+  <c r="K24" i="139"/>
+  <c r="L14" i="138"/>
+  <c r="K14" i="138"/>
+  <c r="L6" i="138"/>
+  <c r="K6" i="138"/>
+  <c r="L20" i="137"/>
+  <c r="K20" i="137"/>
+  <c r="L10" i="106"/>
+  <c r="K10" i="106"/>
+  <c r="L24" i="146"/>
+  <c r="K24" i="146"/>
+  <c r="L26" i="143"/>
+  <c r="K26" i="143"/>
+  <c r="L16" i="142"/>
+  <c r="K16" i="142"/>
+  <c r="L22" i="141"/>
+  <c r="K22" i="141"/>
+  <c r="L20" i="140"/>
+  <c r="K20" i="140"/>
+  <c r="L18" i="139"/>
+  <c r="K18" i="139"/>
+  <c r="L8" i="138"/>
+  <c r="K8" i="138"/>
+  <c r="L20" i="136"/>
+  <c r="K20" i="136"/>
+  <c r="L4" i="136"/>
+  <c r="K4" i="136"/>
+  <c r="L26" i="135"/>
+  <c r="K26" i="135"/>
+  <c r="L10" i="135"/>
+  <c r="K10" i="135"/>
+  <c r="L16" i="134"/>
+  <c r="K16" i="134"/>
+  <c r="L12" i="132"/>
+  <c r="K12" i="132"/>
+  <c r="L20" i="144"/>
+  <c r="L17" i="146"/>
+  <c r="L23" i="106"/>
+  <c r="K23" i="106"/>
+  <c r="L15" i="106"/>
+  <c r="K15" i="106"/>
+  <c r="L7" i="106"/>
+  <c r="K7" i="106"/>
+  <c r="L21" i="146"/>
+  <c r="K21" i="146"/>
+  <c r="L5" i="146"/>
+  <c r="K5" i="146"/>
+  <c r="L27" i="145"/>
+  <c r="K27" i="145"/>
+  <c r="L19" i="145"/>
+  <c r="K19" i="145"/>
+  <c r="L11" i="145"/>
+  <c r="K11" i="145"/>
+  <c r="L3" i="145"/>
+  <c r="K3" i="145"/>
+  <c r="L25" i="144"/>
+  <c r="K25" i="144"/>
+  <c r="L17" i="144"/>
+  <c r="K17" i="144"/>
+  <c r="L15" i="143"/>
+  <c r="K15" i="143"/>
+  <c r="L7" i="143"/>
+  <c r="K7" i="143"/>
+  <c r="L21" i="142"/>
+  <c r="K21" i="142"/>
+  <c r="L13" i="142"/>
+  <c r="K13" i="142"/>
+  <c r="L27" i="141"/>
+  <c r="K27" i="141"/>
+  <c r="L19" i="141"/>
+  <c r="K19" i="141"/>
+  <c r="L11" i="141"/>
+  <c r="K11" i="141"/>
+  <c r="L3" i="141"/>
+  <c r="K3" i="141"/>
+  <c r="L17" i="140"/>
+  <c r="K17" i="140"/>
+  <c r="L9" i="140"/>
+  <c r="K9" i="140"/>
+  <c r="L23" i="139"/>
+  <c r="K23" i="139"/>
+  <c r="L15" i="139"/>
+  <c r="K15" i="139"/>
+  <c r="L21" i="138"/>
+  <c r="K21" i="138"/>
+  <c r="L13" i="138"/>
+  <c r="K13" i="138"/>
+  <c r="L5" i="138"/>
+  <c r="K5" i="138"/>
+  <c r="L27" i="137"/>
+  <c r="K27" i="137"/>
+  <c r="L11" i="137"/>
+  <c r="K11" i="137"/>
+  <c r="L3" i="137"/>
+  <c r="K3" i="137"/>
+  <c r="L25" i="136"/>
+  <c r="K25" i="136"/>
+  <c r="L17" i="136"/>
+  <c r="K17" i="136"/>
+  <c r="L15" i="135"/>
+  <c r="K15" i="135"/>
+  <c r="L7" i="135"/>
+  <c r="K7" i="135"/>
+  <c r="L21" i="134"/>
+  <c r="K21" i="134"/>
+  <c r="L13" i="134"/>
+  <c r="K13" i="134"/>
+  <c r="L5" i="134"/>
+  <c r="K5" i="134"/>
+  <c r="L27" i="133"/>
+  <c r="K27" i="133"/>
+  <c r="L19" i="133"/>
+  <c r="K19" i="133"/>
+  <c r="L11" i="133"/>
+  <c r="K11" i="133"/>
+  <c r="L3" i="133"/>
+  <c r="K3" i="133"/>
+  <c r="L17" i="132"/>
+  <c r="K17" i="132"/>
+  <c r="L9" i="132"/>
+  <c r="K9" i="132"/>
+  <c r="L21" i="130"/>
+  <c r="K21" i="130"/>
+  <c r="L13" i="130"/>
+  <c r="K13" i="130"/>
+  <c r="L5" i="130"/>
+  <c r="K5" i="130"/>
+  <c r="L25" i="128"/>
+  <c r="K25" i="128"/>
+  <c r="L9" i="128"/>
+  <c r="K9" i="128"/>
+  <c r="L2" i="146"/>
+  <c r="K2" i="146"/>
+  <c r="L2" i="138"/>
+  <c r="K2" i="138"/>
+  <c r="L26" i="139"/>
+  <c r="K26" i="139"/>
+  <c r="L6" i="137"/>
+  <c r="K6" i="137"/>
+  <c r="L8" i="134"/>
+  <c r="K8" i="134"/>
+  <c r="L4" i="132"/>
+  <c r="K4" i="132"/>
+  <c r="L24" i="130"/>
+  <c r="K24" i="130"/>
+  <c r="L22" i="106"/>
+  <c r="K22" i="106"/>
+  <c r="L12" i="146"/>
+  <c r="K12" i="146"/>
+  <c r="L26" i="141"/>
+  <c r="K26" i="141"/>
+  <c r="L18" i="141"/>
+  <c r="K18" i="141"/>
+  <c r="L16" i="140"/>
+  <c r="K16" i="140"/>
+  <c r="L8" i="140"/>
+  <c r="K8" i="140"/>
+  <c r="L26" i="133"/>
+  <c r="K26" i="133"/>
+  <c r="L18" i="133"/>
+  <c r="K18" i="133"/>
+  <c r="L12" i="136"/>
+  <c r="K12" i="136"/>
+  <c r="L14" i="133"/>
+  <c r="K14" i="133"/>
+  <c r="L12" i="145"/>
+  <c r="L4" i="146"/>
+  <c r="L20" i="146"/>
+  <c r="L21" i="106"/>
+  <c r="K21" i="106"/>
+  <c r="L13" i="106"/>
+  <c r="K13" i="106"/>
+  <c r="L27" i="146"/>
+  <c r="K27" i="146"/>
+  <c r="L11" i="146"/>
+  <c r="K11" i="146"/>
+  <c r="L25" i="145"/>
+  <c r="K25" i="145"/>
+  <c r="L17" i="145"/>
+  <c r="K17" i="145"/>
+  <c r="L15" i="144"/>
+  <c r="K15" i="144"/>
+  <c r="L7" i="144"/>
+  <c r="K7" i="144"/>
+  <c r="L21" i="143"/>
+  <c r="K21" i="143"/>
+  <c r="L13" i="143"/>
+  <c r="K13" i="143"/>
+  <c r="L5" i="143"/>
+  <c r="K5" i="143"/>
+  <c r="L11" i="142"/>
+  <c r="K11" i="142"/>
+  <c r="L3" i="142"/>
+  <c r="K3" i="142"/>
+  <c r="L25" i="141"/>
+  <c r="K25" i="141"/>
+  <c r="L17" i="141"/>
+  <c r="K17" i="141"/>
+  <c r="L9" i="141"/>
+  <c r="K9" i="141"/>
+  <c r="L23" i="140"/>
+  <c r="K23" i="140"/>
+  <c r="L7" i="140"/>
+  <c r="K7" i="140"/>
+  <c r="L21" i="139"/>
+  <c r="K21" i="139"/>
+  <c r="L13" i="139"/>
+  <c r="K13" i="139"/>
+  <c r="L19" i="138"/>
+  <c r="K19" i="138"/>
+  <c r="L11" i="138"/>
+  <c r="K11" i="138"/>
+  <c r="L3" i="138"/>
+  <c r="K3" i="138"/>
+  <c r="L25" i="137"/>
+  <c r="K25" i="137"/>
+  <c r="L9" i="137"/>
+  <c r="K9" i="137"/>
+  <c r="L23" i="136"/>
+  <c r="K23" i="136"/>
+  <c r="L15" i="136"/>
+  <c r="K15" i="136"/>
+  <c r="L13" i="135"/>
+  <c r="K13" i="135"/>
+  <c r="L5" i="135"/>
+  <c r="K5" i="135"/>
+  <c r="L19" i="134"/>
+  <c r="K19" i="134"/>
+  <c r="L11" i="134"/>
+  <c r="K11" i="134"/>
+  <c r="L3" i="134"/>
+  <c r="K3" i="134"/>
+  <c r="L17" i="133"/>
+  <c r="K17" i="133"/>
+  <c r="L9" i="133"/>
+  <c r="K9" i="133"/>
+  <c r="L15" i="132"/>
+  <c r="K15" i="132"/>
+  <c r="L2" i="144"/>
+  <c r="K2" i="144"/>
+  <c r="L2" i="136"/>
+  <c r="K2" i="136"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1047" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2558" uniqueCount="73">
   <si>
     <t>Antimoon</t>
   </si>
   <si>
     <t>Arseen</t>
   </si>
   <si>
-    <t>Benzeen</t>
-[...4 lines deleted...]
-  <si>
     <t>Boor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bromaat</t>
   </si>
   <si>
     <t>Cadmium</t>
   </si>
   <si>
     <t>Koper</t>
   </si>
   <si>
     <t>Cyanide</t>
-  </si>
-[...7 lines deleted...]
-    <t>Totaal trihalo-methanen</t>
   </si>
   <si>
     <t>µg/l</t>
   </si>
   <si>
     <t>mg/l</t>
   </si>
   <si>
     <t>Norm</t>
   </si>
   <si>
     <t>Eenheid</t>
   </si>
   <si>
     <t>Parameter</t>
   </si>
   <si>
     <t>RG</t>
   </si>
   <si>
     <t>Mediaan gemeten waarde in het net</t>
   </si>
   <si>
     <t>Max. gemeten waarde in het net</t>
   </si>
   <si>
     <t>Resultaten Vito</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Fluoride</t>
   </si>
   <si>
     <t>Lood</t>
   </si>
   <si>
     <t>Nikkel</t>
   </si>
   <si>
     <t>Nitraat</t>
   </si>
   <si>
-    <t>Nitriet WPC</t>
-[...4 lines deleted...]
-  <si>
     <t>Broomdichloormethaan</t>
   </si>
   <si>
     <t>Aluminium</t>
   </si>
   <si>
     <t>Ammonium</t>
   </si>
   <si>
-    <t>IJzer</t>
-[...1 lines deleted...]
-  <si>
     <t>Mangaan</t>
   </si>
   <si>
-    <t>Zink</t>
+    <t>Chroom</t>
   </si>
   <si>
-    <t>Vinylchloride</t>
+    <t>Ijzer</t>
   </si>
   <si>
-    <t>Styreen</t>
+    <t>Seleen</t>
   </si>
   <si>
-    <t>Xyleen</t>
+    <t>PAK 10</t>
   </si>
   <si>
-    <t>Totaal trichlorobenzenen</t>
+    <t>Totaal PFAS</t>
   </si>
   <si>
-    <t>Totaal PAK's</t>
+    <t>&lt;5</t>
   </si>
   <si>
-    <t>Chroom</t>
+    <t>&lt;0,1</t>
+  </si>
+  <si>
+    <t>&lt;10</t>
+  </si>
+  <si>
+    <t>&lt;1,0</t>
+  </si>
+  <si>
+    <t>&lt;0,75</t>
+  </si>
+  <si>
+    <t>mg N/l</t>
+  </si>
+  <si>
+    <t>&lt;0,11</t>
+  </si>
+  <si>
+    <t>&lt;0,006</t>
+  </si>
+  <si>
+    <t>&lt;8</t>
+  </si>
+  <si>
+    <t>&lt;2</t>
+  </si>
+  <si>
+    <t>Eenheid Vito</t>
+  </si>
+  <si>
+    <t>Totaal trihalomethanen</t>
+  </si>
+  <si>
+    <t>Meetonzekerheid</t>
+  </si>
+  <si>
+    <t>Totaal tri + tetrachlooretheen</t>
+  </si>
+  <si>
+    <t>LEESWIJZER</t>
+  </si>
+  <si>
+    <t>Legende voor de toetsing van de bacteriologische parameters van de VITO-metingen aan de gerapporteerde waarde van de drinkwatermaatschappijen.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">geen data aangeleverd door watermaatschappij / geen toetsing mogelijk </t>
+  </si>
+  <si>
+    <t>geen afwijking</t>
+  </si>
+  <si>
+    <t>afwijking</t>
+  </si>
+  <si>
+    <t>Legende voor de toetsing van de chemische parameters van de VITO-metingen aan de gerapporteerde waarde van de drinkwatermaatschappijen.</t>
   </si>
   <si>
     <t xml:space="preserve"> geen data aangeleverd door watermaatschappij / geen toetsing mogelijk </t>
   </si>
   <si>
     <t xml:space="preserve"> maximale waarde onder de rapporteringsgrens </t>
   </si>
   <si>
     <t xml:space="preserve"> geen betekenisvolle afwijking </t>
   </si>
   <si>
     <t xml:space="preserve"> betekenisvolle afwijking </t>
   </si>
   <si>
-    <t>LEESWIJZER</t>
+    <t>De bemonsterde leveringsgebieden vind je alfabetisch terug in de volgende tabbladen. In totaal werden 20 leveringsgebieden bemonsterd door VITO.</t>
   </si>
   <si>
-    <t>geen afwijking</t>
+    <t>In de volgende tabbladen wordt voor de bemonsterde leveringsgebieden per parameter de validatietoetsing uitgevoerd. Meer informatie ivm de werkwijze van verwerking vind je terug in het rapport Kwaliteit van het drinkwater - 2024 - hoofdstuk 2.4 Validatieprogramma</t>
   </si>
   <si>
-    <t>afwijking</t>
+    <t>Zink</t>
   </si>
   <si>
-    <t xml:space="preserve">geen data aangeleverd door watermaatschappij / geen toetsing mogelijk </t>
+    <t>Bromaat</t>
   </si>
   <si>
-    <t>Legende voor de toetsing van de bacteriologische parameters van de VITO-metingen aan de gerapporteerde waarde van de drinkwatermaatschappijen.</t>
+    <t>vinylchloride</t>
   </si>
   <si>
-    <t>Legende voor de toetsing van de chemische parameters van de VITO-metingen aan de gerapporteerde waarde van de drinkwatermaatschappijen.</t>
+    <t>benzeen</t>
   </si>
   <si>
-    <t>In de volgende tabbladen wordt voor de bemonsterde leveringsgebieden per parameter de validatietoetsing uitgevoerd. Meer informatie ivm de werkwijze van verwerking vind je terug in het rapport Kwaliteit van het drinkwater - 2021 - hoofdstuk 2.4 Validatieprogramma</t>
+    <t>benzo(a)pyreen</t>
   </si>
   <si>
-    <t>De bemonsterde leveringsgebieden vind je alfabetisch terug in de volgende tabbladen. In totaal werden 15 leveringsgebieden bemonsterd door VITO.</t>
+    <t>Nitriet</t>
+  </si>
+  <si>
+    <t>1,2-dichloorethaan</t>
+  </si>
+  <si>
+    <t>Totaal pesticiden</t>
+  </si>
+  <si>
+    <t>Som PFAS</t>
+  </si>
+  <si>
+    <t>Uraan</t>
+  </si>
+  <si>
+    <t>&lt;1</t>
+  </si>
+  <si>
+    <t>&lt; 0,9</t>
+  </si>
+  <si>
+    <t>&lt; 0,3</t>
+  </si>
+  <si>
+    <t>&lt;0,001</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>&lt;0,050</t>
+  </si>
+  <si>
+    <t>&lt;0,01</t>
+  </si>
+  <si>
+    <t>&lt; 0,5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$€]_-;\-* #,##0.00\ [$€]_-;_-* &quot;-&quot;??\ [$€]_-;_-@_-"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="165" formatCode="_-* #,##0.00\ [$€]_-;\-* #,##0.00\ [$€]_-;_-* &quot;-&quot;??\ [$€]_-;_-@_-"/>
+    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
-  <fonts count="30">
+  <fonts count="35">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1756,65 +2176,83 @@
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial "/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color indexed="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="MS Sans Serif"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF171717"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="31">
+  <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
       </patternFill>
@@ -1889,92 +2327,103 @@
         <fgColor indexed="53"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="55"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="26"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor indexed="31"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
+        <fgColor rgb="FFFFFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="31"/>
-[...5 lines deleted...]
-        <fgColor rgb="FFFF0000"/>
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF9900"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="15">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -2052,436 +2501,441 @@
         <color indexed="63"/>
       </top>
       <bottom style="thin">
         <color indexed="63"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="62"/>
       </top>
       <bottom style="double">
         <color indexed="62"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-[...20 lines deleted...]
-      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
         <color indexed="64"/>
-      </left>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...3 lines deleted...]
-      <left style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
-      </left>
-[...2 lines deleted...]
-      <bottom/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="240">
-[...64 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+  <cellStyleXfs count="271">
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="9" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="9" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="9" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="9" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="9" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="9" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="9" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="9" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="9" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="9" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="9" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="10" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="10" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="10" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="10" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="10" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="10" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="10" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="10" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="10" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="10" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="10" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="10" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="20" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="11" fillId="20" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="11" fillId="20" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="12" fillId="21" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="12" fillId="21" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="14" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="14" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="17" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="18" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="15" fillId="7" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="15" fillId="7" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="17" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="18" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="19" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="19" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="9" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="20" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="23" fillId="20" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="22" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="22" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="23" fillId="20" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="26" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="26" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="20" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="20" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="21" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="21" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="20" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="21" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-[...90 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="27" borderId="8" applyNumberFormat="0" applyProtection="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="24" borderId="8" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="30" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="26" fillId="25" borderId="11" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
-[...2 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+  <cellXfs count="24">
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="4" fontId="6" fillId="27" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="6" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="165" fontId="32" fillId="0" borderId="0" xfId="269" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="4" fontId="6" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="165" fontId="29" fillId="0" borderId="0" xfId="269" applyFont="1"/>
+    <xf numFmtId="165" fontId="34" fillId="0" borderId="10" xfId="269" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="6" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="34" fillId="0" borderId="0" xfId="269" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="34" fillId="28" borderId="10" xfId="269" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="34" fillId="26" borderId="10" xfId="269" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="34" fillId="29" borderId="10" xfId="269" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="34" fillId="27" borderId="10" xfId="269" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="34" fillId="30" borderId="10" xfId="269" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="31" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="6" fillId="32" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="29" fillId="0" borderId="0" xfId="269" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="29" fillId="0" borderId="0" xfId="269" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="269" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="269" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="4" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="4" fillId="25" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...63 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="240">
+  <cellStyles count="271">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 2" xfId="161" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 3" xfId="69" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent2 2" xfId="162" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent2 3" xfId="70" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent3 2" xfId="163" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent3 3" xfId="71" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent4 2" xfId="164" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent4 3" xfId="72" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent5 2" xfId="165" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent5 3" xfId="73" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="20% - Accent6 2" xfId="166" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent6 3" xfId="74" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent1 2" xfId="167" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="40% - Accent1 3" xfId="75" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent2 2" xfId="168" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
     <cellStyle name="40% - Accent2 3" xfId="76" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
@@ -2519,4663 +2973,372 @@
     <cellStyle name="Accent1 3" xfId="87" xr:uid="{00000000-0005-0000-0000-000038000000}"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent2 2" xfId="180" xr:uid="{00000000-0005-0000-0000-00003A000000}"/>
     <cellStyle name="Accent2 3" xfId="88" xr:uid="{00000000-0005-0000-0000-00003B000000}"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent3 2" xfId="181" xr:uid="{00000000-0005-0000-0000-00003D000000}"/>
     <cellStyle name="Accent3 3" xfId="89" xr:uid="{00000000-0005-0000-0000-00003E000000}"/>
     <cellStyle name="Accent4" xfId="22" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent4 2" xfId="182" xr:uid="{00000000-0005-0000-0000-000040000000}"/>
     <cellStyle name="Accent4 3" xfId="90" xr:uid="{00000000-0005-0000-0000-000041000000}"/>
     <cellStyle name="Accent5" xfId="23" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent5 2" xfId="183" xr:uid="{00000000-0005-0000-0000-000043000000}"/>
     <cellStyle name="Accent5 3" xfId="91" xr:uid="{00000000-0005-0000-0000-000044000000}"/>
     <cellStyle name="Accent6" xfId="24" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Accent6 2" xfId="184" xr:uid="{00000000-0005-0000-0000-000046000000}"/>
     <cellStyle name="Accent6 3" xfId="92" xr:uid="{00000000-0005-0000-0000-000047000000}"/>
     <cellStyle name="Bad" xfId="25" xr:uid="{00000000-0005-0000-0000-000048000000}"/>
     <cellStyle name="Bad 2" xfId="93" xr:uid="{00000000-0005-0000-0000-000049000000}"/>
     <cellStyle name="Berekening" xfId="26" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Berekening 2" xfId="185" xr:uid="{00000000-0005-0000-0000-00004B000000}"/>
     <cellStyle name="Berekening 3" xfId="94" xr:uid="{00000000-0005-0000-0000-00004C000000}"/>
     <cellStyle name="Calculation" xfId="27" xr:uid="{00000000-0005-0000-0000-00004D000000}"/>
     <cellStyle name="Calculation 2" xfId="95" xr:uid="{00000000-0005-0000-0000-00004E000000}"/>
     <cellStyle name="Check Cell" xfId="28" xr:uid="{00000000-0005-0000-0000-00004F000000}"/>
     <cellStyle name="Check Cell 2" xfId="96" xr:uid="{00000000-0005-0000-0000-000050000000}"/>
+    <cellStyle name="Comma 2" xfId="248" xr:uid="{8AE714A5-2A4C-4DAF-886F-A8A32FC16A4B}"/>
     <cellStyle name="Controlecel" xfId="29" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Controlecel 2" xfId="186" xr:uid="{00000000-0005-0000-0000-000052000000}"/>
     <cellStyle name="Controlecel 3" xfId="97" xr:uid="{00000000-0005-0000-0000-000053000000}"/>
     <cellStyle name="Euro" xfId="30" xr:uid="{00000000-0005-0000-0000-000054000000}"/>
     <cellStyle name="Euro 2" xfId="231" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
     <cellStyle name="Euro 3" xfId="98" xr:uid="{00000000-0005-0000-0000-000056000000}"/>
     <cellStyle name="Explanatory Text" xfId="31" xr:uid="{00000000-0005-0000-0000-000057000000}"/>
     <cellStyle name="Explanatory Text 2" xfId="99" xr:uid="{00000000-0005-0000-0000-000058000000}"/>
     <cellStyle name="Gekoppelde cel" xfId="32" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Gekoppelde cel 2" xfId="187" xr:uid="{00000000-0005-0000-0000-00005A000000}"/>
     <cellStyle name="Gekoppelde cel 3" xfId="100" xr:uid="{00000000-0005-0000-0000-00005B000000}"/>
     <cellStyle name="Goed" xfId="33" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Goed 2" xfId="188" xr:uid="{00000000-0005-0000-0000-00005D000000}"/>
     <cellStyle name="Goed 3" xfId="101" xr:uid="{00000000-0005-0000-0000-00005E000000}"/>
     <cellStyle name="Good" xfId="34" xr:uid="{00000000-0005-0000-0000-00005F000000}"/>
     <cellStyle name="Good 2" xfId="102" xr:uid="{00000000-0005-0000-0000-000060000000}"/>
     <cellStyle name="Heading 1" xfId="35" xr:uid="{00000000-0005-0000-0000-000061000000}"/>
     <cellStyle name="Heading 1 2" xfId="103" xr:uid="{00000000-0005-0000-0000-000062000000}"/>
     <cellStyle name="Heading 2" xfId="36" xr:uid="{00000000-0005-0000-0000-000063000000}"/>
     <cellStyle name="Heading 2 2" xfId="104" xr:uid="{00000000-0005-0000-0000-000064000000}"/>
     <cellStyle name="Heading 3" xfId="37" xr:uid="{00000000-0005-0000-0000-000065000000}"/>
     <cellStyle name="Heading 3 2" xfId="105" xr:uid="{00000000-0005-0000-0000-000066000000}"/>
     <cellStyle name="Heading 4" xfId="38" xr:uid="{00000000-0005-0000-0000-000067000000}"/>
     <cellStyle name="Heading 4 2" xfId="106" xr:uid="{00000000-0005-0000-0000-000068000000}"/>
+    <cellStyle name="Hyperlink 2" xfId="252" xr:uid="{72F1D9EF-D7D5-4238-B331-9F31D1794877}"/>
     <cellStyle name="Input" xfId="39" xr:uid="{00000000-0005-0000-0000-000069000000}"/>
     <cellStyle name="Input 2" xfId="107" xr:uid="{00000000-0005-0000-0000-00006A000000}"/>
     <cellStyle name="Invoer" xfId="40" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Invoer 2" xfId="189" xr:uid="{00000000-0005-0000-0000-00006C000000}"/>
     <cellStyle name="Invoer 3" xfId="108" xr:uid="{00000000-0005-0000-0000-00006D000000}"/>
     <cellStyle name="Kop 1" xfId="41" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Kop 1 2" xfId="190" xr:uid="{00000000-0005-0000-0000-00006F000000}"/>
     <cellStyle name="Kop 1 3" xfId="109" xr:uid="{00000000-0005-0000-0000-000070000000}"/>
     <cellStyle name="Kop 2" xfId="42" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Kop 2 2" xfId="191" xr:uid="{00000000-0005-0000-0000-000072000000}"/>
     <cellStyle name="Kop 2 3" xfId="110" xr:uid="{00000000-0005-0000-0000-000073000000}"/>
     <cellStyle name="Kop 3" xfId="43" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Kop 3 2" xfId="192" xr:uid="{00000000-0005-0000-0000-000075000000}"/>
     <cellStyle name="Kop 3 3" xfId="111" xr:uid="{00000000-0005-0000-0000-000076000000}"/>
     <cellStyle name="Kop 4" xfId="44" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Kop 4 2" xfId="193" xr:uid="{00000000-0005-0000-0000-000078000000}"/>
     <cellStyle name="Kop 4 3" xfId="112" xr:uid="{00000000-0005-0000-0000-000079000000}"/>
     <cellStyle name="Linked Cell" xfId="45" xr:uid="{00000000-0005-0000-0000-00007A000000}"/>
     <cellStyle name="Linked Cell 2" xfId="113" xr:uid="{00000000-0005-0000-0000-00007B000000}"/>
     <cellStyle name="Neutraal" xfId="46" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Neutraal 2" xfId="194" xr:uid="{00000000-0005-0000-0000-00007D000000}"/>
     <cellStyle name="Neutraal 3" xfId="114" xr:uid="{00000000-0005-0000-0000-00007E000000}"/>
     <cellStyle name="Neutral" xfId="47" xr:uid="{00000000-0005-0000-0000-00007F000000}"/>
     <cellStyle name="Neutral 2" xfId="115" xr:uid="{00000000-0005-0000-0000-000080000000}"/>
+    <cellStyle name="Normal 14 3" xfId="267" xr:uid="{F3E45C00-06A2-4104-9EEE-65D30804D918}"/>
     <cellStyle name="Normal 2" xfId="48" xr:uid="{00000000-0005-0000-0000-000081000000}"/>
     <cellStyle name="Normal 2 2" xfId="64" xr:uid="{00000000-0005-0000-0000-000082000000}"/>
     <cellStyle name="Normal 2 2 2" xfId="227" xr:uid="{00000000-0005-0000-0000-000083000000}"/>
+    <cellStyle name="Normal 2 2 3" xfId="244" xr:uid="{757422EE-3251-4272-95DA-5BC301A86879}"/>
+    <cellStyle name="Normal 2 2 4" xfId="264" xr:uid="{0D2202B3-6D56-4264-AF5A-380C4046D242}"/>
     <cellStyle name="Normal 2 3" xfId="157" xr:uid="{00000000-0005-0000-0000-000084000000}"/>
     <cellStyle name="Normal 2 3 2" xfId="232" xr:uid="{00000000-0005-0000-0000-000085000000}"/>
     <cellStyle name="Normal 2 4" xfId="226" xr:uid="{00000000-0005-0000-0000-000086000000}"/>
+    <cellStyle name="Normal 2 5" xfId="240" xr:uid="{4DD72132-0562-4112-9D02-21B53E28DE2F}"/>
     <cellStyle name="Normal 3" xfId="116" xr:uid="{00000000-0005-0000-0000-000087000000}"/>
+    <cellStyle name="Normal 3 2" xfId="243" xr:uid="{B331FF52-AA35-44DB-80B2-47145FD4AAC3}"/>
+    <cellStyle name="Normal 3 2 2" xfId="249" xr:uid="{2DB57B02-D2A9-408E-8D41-9EC6E20AAA80}"/>
+    <cellStyle name="Normal 3 2 3" xfId="247" xr:uid="{32C61E5F-52AC-4C68-89C3-F612D26AE264}"/>
+    <cellStyle name="Normal 3 3" xfId="241" xr:uid="{992F2107-9919-4D73-BDA8-195D72F44F17}"/>
+    <cellStyle name="Normal 3 4" xfId="263" xr:uid="{6BE221CB-BAD0-4AF0-8DD2-1E8E6C55789C}"/>
+    <cellStyle name="Normal 4" xfId="242" xr:uid="{7AE04779-E7F1-42A1-9B25-5720A881B777}"/>
+    <cellStyle name="Normal 4 2" xfId="265" xr:uid="{DBC94FC1-0620-46A1-87BD-23D3B44EB775}"/>
+    <cellStyle name="Normal 5" xfId="245" xr:uid="{AA8DE02D-BD64-431A-BB20-06044FC935DE}"/>
+    <cellStyle name="Normal 6" xfId="246" xr:uid="{29F162AA-8095-45F7-8E6D-B24FCD978AC3}"/>
+    <cellStyle name="Normal 7" xfId="253" xr:uid="{2787B82C-71E9-4C03-9AFF-85A22323A564}"/>
+    <cellStyle name="Normal 7 3" xfId="266" xr:uid="{D75CE14A-1DDD-4D2F-9DF1-3E84A697595F}"/>
+    <cellStyle name="Normal 7 3 2" xfId="268" xr:uid="{A84D310E-8566-4288-BCCD-4ED6251D7FD2}"/>
+    <cellStyle name="Normal 7 3 3" xfId="270" xr:uid="{DBC5EF61-B843-4A77-8871-E02CC412D82E}"/>
     <cellStyle name="Normal_Publieke gebouwen categorie 1" xfId="65" xr:uid="{00000000-0005-0000-0000-000088000000}"/>
     <cellStyle name="Note" xfId="49" xr:uid="{00000000-0005-0000-0000-000089000000}"/>
     <cellStyle name="Note 2" xfId="233" xr:uid="{00000000-0005-0000-0000-00008A000000}"/>
+    <cellStyle name="Note 2 2" xfId="262" xr:uid="{49645E01-E670-4ADA-99A5-17CD7B49DF06}"/>
     <cellStyle name="Note 3" xfId="117" xr:uid="{00000000-0005-0000-0000-00008B000000}"/>
     <cellStyle name="Notitie" xfId="50" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Notitie 2" xfId="195" xr:uid="{00000000-0005-0000-0000-00008D000000}"/>
     <cellStyle name="Notitie 3" xfId="234" xr:uid="{00000000-0005-0000-0000-00008E000000}"/>
     <cellStyle name="Notitie 4" xfId="118" xr:uid="{00000000-0005-0000-0000-00008F000000}"/>
+    <cellStyle name="Notitie 5" xfId="254" xr:uid="{7C80816A-BA4E-43A7-A39E-AC150E92FD8F}"/>
     <cellStyle name="Ongeldig" xfId="51" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Ongeldig 2" xfId="196" xr:uid="{00000000-0005-0000-0000-000091000000}"/>
     <cellStyle name="Ongeldig 3" xfId="119" xr:uid="{00000000-0005-0000-0000-000092000000}"/>
     <cellStyle name="Output" xfId="52" xr:uid="{00000000-0005-0000-0000-000093000000}"/>
     <cellStyle name="Output 2" xfId="120" xr:uid="{00000000-0005-0000-0000-000094000000}"/>
+    <cellStyle name="Percent 2" xfId="250" xr:uid="{C149C6E6-5673-441A-ABFF-B764D111DE65}"/>
+    <cellStyle name="Percent 2 2" xfId="251" xr:uid="{BD6621E2-79EE-4849-9D88-97593B7A617E}"/>
     <cellStyle name="Procent 2" xfId="62" xr:uid="{00000000-0005-0000-0000-000095000000}"/>
     <cellStyle name="SAPBEXstdItem" xfId="224" xr:uid="{00000000-0005-0000-0000-000096000000}"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
     <cellStyle name="Standaard 10" xfId="199" xr:uid="{00000000-0005-0000-0000-000098000000}"/>
     <cellStyle name="Standaard 10 2" xfId="121" xr:uid="{00000000-0005-0000-0000-000099000000}"/>
     <cellStyle name="Standaard 10 2 2" xfId="67" xr:uid="{00000000-0005-0000-0000-00009A000000}"/>
     <cellStyle name="Standaard 10 3" xfId="122" xr:uid="{00000000-0005-0000-0000-00009B000000}"/>
     <cellStyle name="Standaard 10 3 2" xfId="198" xr:uid="{00000000-0005-0000-0000-00009C000000}"/>
     <cellStyle name="Standaard 11" xfId="123" xr:uid="{00000000-0005-0000-0000-00009D000000}"/>
     <cellStyle name="Standaard 12" xfId="66" xr:uid="{00000000-0005-0000-0000-00009E000000}"/>
     <cellStyle name="Standaard 12 2" xfId="230" xr:uid="{00000000-0005-0000-0000-00009F000000}"/>
     <cellStyle name="Standaard 12 2 2" xfId="239" xr:uid="{00000000-0005-0000-0000-0000A0000000}"/>
     <cellStyle name="Standaard 12 3" xfId="155" xr:uid="{00000000-0005-0000-0000-0000A1000000}"/>
     <cellStyle name="Standaard 13" xfId="225" xr:uid="{00000000-0005-0000-0000-0000A2000000}"/>
     <cellStyle name="Standaard 14" xfId="228" xr:uid="{00000000-0005-0000-0000-0000A3000000}"/>
     <cellStyle name="Standaard 15" xfId="68" xr:uid="{00000000-0005-0000-0000-0000A4000000}"/>
     <cellStyle name="Standaard 16" xfId="197" xr:uid="{00000000-0005-0000-0000-0000A5000000}"/>
     <cellStyle name="Standaard 17" xfId="238" xr:uid="{00000000-0005-0000-0000-0000A6000000}"/>
     <cellStyle name="Standaard 18" xfId="237" xr:uid="{00000000-0005-0000-0000-0000A7000000}"/>
+    <cellStyle name="Standaard 19" xfId="269" xr:uid="{4C4ED327-F3F2-4757-9991-40CED57A4CE1}"/>
     <cellStyle name="Standaard 2" xfId="61" xr:uid="{00000000-0005-0000-0000-0000A8000000}"/>
     <cellStyle name="Standaard 2 2" xfId="125" xr:uid="{00000000-0005-0000-0000-0000A9000000}"/>
     <cellStyle name="Standaard 2 2 2" xfId="126" xr:uid="{00000000-0005-0000-0000-0000AA000000}"/>
     <cellStyle name="Standaard 2 2 2 2" xfId="127" xr:uid="{00000000-0005-0000-0000-0000AB000000}"/>
     <cellStyle name="Standaard 2 2 2 2 2" xfId="201" xr:uid="{00000000-0005-0000-0000-0000AC000000}"/>
     <cellStyle name="Standaard 2 2 2 3" xfId="128" xr:uid="{00000000-0005-0000-0000-0000AD000000}"/>
     <cellStyle name="Standaard 2 2 2 3 2" xfId="202" xr:uid="{00000000-0005-0000-0000-0000AE000000}"/>
     <cellStyle name="Standaard 2 2 3" xfId="129" xr:uid="{00000000-0005-0000-0000-0000AF000000}"/>
     <cellStyle name="Standaard 2 2 4" xfId="200" xr:uid="{00000000-0005-0000-0000-0000B0000000}"/>
     <cellStyle name="Standaard 2 2 5" xfId="236" xr:uid="{00000000-0005-0000-0000-0000B1000000}"/>
+    <cellStyle name="Standaard 2 2 6" xfId="258" xr:uid="{2AD0EF41-4897-4F8E-8FA1-1EA5950E84C9}"/>
     <cellStyle name="Standaard 2 3" xfId="130" xr:uid="{00000000-0005-0000-0000-0000B2000000}"/>
     <cellStyle name="Standaard 2 3 2" xfId="203" xr:uid="{00000000-0005-0000-0000-0000B3000000}"/>
     <cellStyle name="Standaard 2 4" xfId="131" xr:uid="{00000000-0005-0000-0000-0000B4000000}"/>
     <cellStyle name="Standaard 2 4 2" xfId="204" xr:uid="{00000000-0005-0000-0000-0000B5000000}"/>
     <cellStyle name="Standaard 2 5" xfId="158" xr:uid="{00000000-0005-0000-0000-0000B6000000}"/>
     <cellStyle name="Standaard 2 6" xfId="124" xr:uid="{00000000-0005-0000-0000-0000B7000000}"/>
+    <cellStyle name="Standaard 2 7" xfId="257" xr:uid="{FE08C907-4E6C-46C8-8AB2-30F5A054B639}"/>
     <cellStyle name="Standaard 2_aantal analyses" xfId="132" xr:uid="{00000000-0005-0000-0000-0000B8000000}"/>
     <cellStyle name="Standaard 3" xfId="63" xr:uid="{00000000-0005-0000-0000-0000B9000000}"/>
     <cellStyle name="Standaard 3 2" xfId="134" xr:uid="{00000000-0005-0000-0000-0000BA000000}"/>
     <cellStyle name="Standaard 3 2 2" xfId="206" xr:uid="{00000000-0005-0000-0000-0000BB000000}"/>
     <cellStyle name="Standaard 3 3" xfId="205" xr:uid="{00000000-0005-0000-0000-0000BC000000}"/>
     <cellStyle name="Standaard 3 4" xfId="160" xr:uid="{00000000-0005-0000-0000-0000BD000000}"/>
     <cellStyle name="Standaard 3 5" xfId="133" xr:uid="{00000000-0005-0000-0000-0000BE000000}"/>
+    <cellStyle name="Standaard 3 6" xfId="256" xr:uid="{6656AA53-B18D-47CD-8058-80E9B9272031}"/>
     <cellStyle name="Standaard 4" xfId="135" xr:uid="{00000000-0005-0000-0000-0000BF000000}"/>
     <cellStyle name="Standaard 4 2" xfId="136" xr:uid="{00000000-0005-0000-0000-0000C0000000}"/>
     <cellStyle name="Standaard 4 2 2" xfId="208" xr:uid="{00000000-0005-0000-0000-0000C1000000}"/>
     <cellStyle name="Standaard 4 3" xfId="207" xr:uid="{00000000-0005-0000-0000-0000C2000000}"/>
     <cellStyle name="Standaard 4 4" xfId="159" xr:uid="{00000000-0005-0000-0000-0000C3000000}"/>
     <cellStyle name="Standaard 4 4 2" xfId="235" xr:uid="{00000000-0005-0000-0000-0000C4000000}"/>
     <cellStyle name="Standaard 4 5" xfId="229" xr:uid="{00000000-0005-0000-0000-0000C5000000}"/>
+    <cellStyle name="Standaard 4 6" xfId="259" xr:uid="{810ED436-6D8B-47C4-A29D-003D22B52FBD}"/>
     <cellStyle name="Standaard 5" xfId="137" xr:uid="{00000000-0005-0000-0000-0000C6000000}"/>
     <cellStyle name="Standaard 5 2" xfId="138" xr:uid="{00000000-0005-0000-0000-0000C7000000}"/>
     <cellStyle name="Standaard 5 2 2" xfId="210" xr:uid="{00000000-0005-0000-0000-0000C8000000}"/>
     <cellStyle name="Standaard 5 3" xfId="209" xr:uid="{00000000-0005-0000-0000-0000C9000000}"/>
     <cellStyle name="Standaard 5 4" xfId="156" xr:uid="{00000000-0005-0000-0000-0000CA000000}"/>
+    <cellStyle name="Standaard 5 5" xfId="255" xr:uid="{9104AB4C-D09F-47B6-82C6-0D6E9EB7BAC0}"/>
     <cellStyle name="Standaard 6" xfId="139" xr:uid="{00000000-0005-0000-0000-0000CB000000}"/>
     <cellStyle name="Standaard 6 2" xfId="140" xr:uid="{00000000-0005-0000-0000-0000CC000000}"/>
     <cellStyle name="Standaard 6 2 2" xfId="212" xr:uid="{00000000-0005-0000-0000-0000CD000000}"/>
     <cellStyle name="Standaard 6 3" xfId="211" xr:uid="{00000000-0005-0000-0000-0000CE000000}"/>
+    <cellStyle name="Standaard 6 4" xfId="260" xr:uid="{6023DD20-9F3D-4E83-98BE-494702FC197C}"/>
     <cellStyle name="Standaard 7" xfId="141" xr:uid="{00000000-0005-0000-0000-0000CF000000}"/>
     <cellStyle name="Standaard 7 2" xfId="142" xr:uid="{00000000-0005-0000-0000-0000D0000000}"/>
     <cellStyle name="Standaard 7 2 2" xfId="214" xr:uid="{00000000-0005-0000-0000-0000D1000000}"/>
     <cellStyle name="Standaard 7 3" xfId="213" xr:uid="{00000000-0005-0000-0000-0000D2000000}"/>
+    <cellStyle name="Standaard 7 4" xfId="261" xr:uid="{EF4763F9-CDA2-4373-A422-F01ECA2B8BB3}"/>
     <cellStyle name="Standaard 8" xfId="143" xr:uid="{00000000-0005-0000-0000-0000D3000000}"/>
     <cellStyle name="Standaard 8 2" xfId="144" xr:uid="{00000000-0005-0000-0000-0000D4000000}"/>
     <cellStyle name="Standaard 8 2 2" xfId="216" xr:uid="{00000000-0005-0000-0000-0000D5000000}"/>
     <cellStyle name="Standaard 8 3" xfId="215" xr:uid="{00000000-0005-0000-0000-0000D6000000}"/>
     <cellStyle name="Standaard 9" xfId="145" xr:uid="{00000000-0005-0000-0000-0000D7000000}"/>
     <cellStyle name="Standaard 9 2" xfId="146" xr:uid="{00000000-0005-0000-0000-0000D8000000}"/>
     <cellStyle name="Standaard 9 2 2" xfId="218" xr:uid="{00000000-0005-0000-0000-0000D9000000}"/>
     <cellStyle name="Standaard 9 3" xfId="217" xr:uid="{00000000-0005-0000-0000-0000DA000000}"/>
     <cellStyle name="Titel" xfId="53" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Titel 2" xfId="219" xr:uid="{00000000-0005-0000-0000-0000DD000000}"/>
     <cellStyle name="Titel 3" xfId="147" xr:uid="{00000000-0005-0000-0000-0000DE000000}"/>
     <cellStyle name="Title" xfId="54" xr:uid="{00000000-0005-0000-0000-0000DF000000}"/>
     <cellStyle name="Title 2" xfId="148" xr:uid="{00000000-0005-0000-0000-0000E0000000}"/>
     <cellStyle name="Totaal" xfId="55" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Totaal 2" xfId="220" xr:uid="{00000000-0005-0000-0000-0000E2000000}"/>
     <cellStyle name="Totaal 3" xfId="149" xr:uid="{00000000-0005-0000-0000-0000E3000000}"/>
     <cellStyle name="Total" xfId="56" xr:uid="{00000000-0005-0000-0000-0000E4000000}"/>
     <cellStyle name="Total 2" xfId="150" xr:uid="{00000000-0005-0000-0000-0000E5000000}"/>
     <cellStyle name="Uitvoer" xfId="57" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Uitvoer 2" xfId="221" xr:uid="{00000000-0005-0000-0000-0000E7000000}"/>
     <cellStyle name="Uitvoer 3" xfId="151" xr:uid="{00000000-0005-0000-0000-0000E8000000}"/>
     <cellStyle name="Verklarende tekst" xfId="58" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Verklarende tekst 2" xfId="222" xr:uid="{00000000-0005-0000-0000-0000EA000000}"/>
     <cellStyle name="Verklarende tekst 3" xfId="152" xr:uid="{00000000-0005-0000-0000-0000EB000000}"/>
     <cellStyle name="Waarschuwingstekst" xfId="59" builtinId="11" customBuiltin="1"/>
     <cellStyle name="Waarschuwingstekst 2" xfId="223" xr:uid="{00000000-0005-0000-0000-0000ED000000}"/>
     <cellStyle name="Waarschuwingstekst 3" xfId="153" xr:uid="{00000000-0005-0000-0000-0000EE000000}"/>
     <cellStyle name="Warning Text" xfId="60" xr:uid="{00000000-0005-0000-0000-0000EF000000}"/>
     <cellStyle name="Warning Text 2" xfId="154" xr:uid="{00000000-0005-0000-0000-0000F0000000}"/>
   </cellStyles>
-  <dxfs count="15">
-[...75 lines deleted...]
-  </dxfs>
+  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
-[...4211 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -7335,12839 +3498,25736 @@
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7240EEAE-86A7-4CE5-B150-47225AD08BB4}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{924A1740-3867-4DF1-846C-DAEF58F4A157}">
   <dimension ref="A1:L16"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView topLeftCell="A6" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="C16" sqref="C16"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="16" style="15" customWidth="1"/>
-    <col min="2" max="16384" width="9.140625" style="15"/>
+    <col min="1" max="1" width="16" style="4" customWidth="1"/>
+    <col min="2" max="16384" width="9.109375" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
-      <c r="A1" s="26" t="s">
+      <c r="A1" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="48.75" customHeight="1">
+      <c r="A3" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3" s="18"/>
+      <c r="C3" s="18"/>
+      <c r="D3" s="18"/>
+      <c r="E3" s="18"/>
+      <c r="F3" s="18"/>
+      <c r="G3" s="18"/>
+      <c r="H3" s="18"/>
+      <c r="I3" s="18"/>
+      <c r="J3" s="18"/>
+      <c r="K3" s="18"/>
+      <c r="L3" s="18"/>
+    </row>
+    <row r="5" spans="1:12" ht="27" customHeight="1">
+      <c r="A5" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" s="18"/>
+      <c r="C5" s="18"/>
+      <c r="D5" s="18"/>
+      <c r="E5" s="18"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="K5" s="18"/>
+      <c r="L5" s="18"/>
+    </row>
+    <row r="7" spans="1:12" ht="44.25" customHeight="1">
+      <c r="A7" s="19" t="s">
         <v>44</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="28" t="s">
+      <c r="B7" s="19"/>
+      <c r="C7" s="19"/>
+      <c r="D7" s="19"/>
+      <c r="E7" s="19"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="20"/>
+      <c r="I7" s="20"/>
+    </row>
+    <row r="8" spans="1:12">
+      <c r="A8" s="5"/>
+      <c r="B8" s="6"/>
+      <c r="C8" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="6"/>
+    </row>
+    <row r="9" spans="1:12">
+      <c r="A9" s="7"/>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+    </row>
+    <row r="10" spans="1:12">
+      <c r="A10" s="8"/>
+      <c r="B10" s="6"/>
+      <c r="C10" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
+      <c r="J10" s="6"/>
+    </row>
+    <row r="12" spans="1:12" ht="45" customHeight="1">
+      <c r="A12" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="19"/>
+      <c r="C12" s="19"/>
+      <c r="D12" s="19"/>
+      <c r="E12" s="19"/>
+      <c r="F12" s="19"/>
+      <c r="G12" s="21"/>
+      <c r="H12" s="21"/>
+      <c r="I12" s="21"/>
+    </row>
+    <row r="13" spans="1:12">
+      <c r="A13" s="5"/>
+      <c r="B13" s="6"/>
+      <c r="C13" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+    </row>
+    <row r="14" spans="1:12">
+      <c r="A14" s="9"/>
+      <c r="B14" s="6"/>
+      <c r="C14" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="B3" s="28"/>
-[...12 lines deleted...]
-      <c r="A5" s="28" t="s">
+      <c r="D14" s="6"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="6"/>
+    </row>
+    <row r="15" spans="1:12">
+      <c r="A15" s="10"/>
+      <c r="B15" s="6"/>
+      <c r="C15" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="B5" s="28"/>
-[...99 lines deleted...]
-      <c r="G15" s="21"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
     </row>
     <row r="16" spans="1:12">
-      <c r="A16" s="25"/>
-[...7 lines deleted...]
-      <c r="G16" s="21"/>
+      <c r="A16" s="11"/>
+      <c r="B16" s="6"/>
+      <c r="C16" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="A5:L5"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A12:I12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0AC5C1ED-2940-4F74-BE1A-369D6CDE64DF}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EBA2C2C-5EAE-4943-B757-D1160165F55D}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="M18" sqref="M18"/>
+    <sheetView topLeftCell="A7" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I20" sqref="I20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>53</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>0</v>
+      </c>
+      <c r="G9" s="23">
+        <v>0</v>
+      </c>
+      <c r="H9" s="22">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>0.82</v>
+      </c>
+      <c r="G11" s="23">
+        <v>0.7</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>10</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>0</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <v>0.11</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>0.11</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>0</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22">
+        <v>9.1</v>
+      </c>
+      <c r="I18" s="14">
+        <f t="shared" si="0"/>
+        <v>9.1</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13"/>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="14" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>0</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>6</v>
+      </c>
+      <c r="G20" s="23">
+        <v>0</v>
+      </c>
+      <c r="H20" s="22">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="4" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>0</v>
+      </c>
+      <c r="G21" s="23">
+        <v>0</v>
+      </c>
+      <c r="H21" s="22" t="s">
+        <v>35</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
         <v>20</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C3" s="7">
+      <c r="F22" s="23">
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>0</v>
+      </c>
+      <c r="G24" s="23">
+        <v>0</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="G25" s="23">
+        <v>0</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="G27" s="23">
+        <v>0</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>4.1100000000000003</v>
+      </c>
+      <c r="G29" s="23">
+        <v>0</v>
+      </c>
+      <c r="H29" s="22">
+        <v>0</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>0</v>
+      </c>
+      <c r="G30" s="23">
+        <v>0</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...71 lines deleted...]
-      <c r="C7" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
+        <v>50</v>
+      </c>
+      <c r="F31" s="23">
+        <v>0</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
+        <v>5000</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
         <v>10</v>
       </c>
-      <c r="D7" s="8">
-[...643 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="G32" s="23">
+        <v>0</v>
+      </c>
+      <c r="H32" s="22">
+        <v>190</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>190</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6C9C5428-2915-4724-AEBD-CD37091C15A9}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B9A8CE0-E260-473E-9F37-173427288CF5}">
+  <sheetPr>
+    <tabColor rgb="FFFF0000"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="P15" sqref="P15"/>
+    <sheetView topLeftCell="A10" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I32" sqref="I32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23"/>
+      <c r="G2" s="23"/>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23"/>
+      <c r="G3" s="23"/>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K31" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23"/>
+      <c r="G4" s="23"/>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23"/>
+      <c r="G5" s="23"/>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23"/>
+      <c r="G6" s="23"/>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23"/>
+      <c r="G7" s="23"/>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23"/>
+      <c r="G8" s="23"/>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23"/>
+      <c r="G9" s="23"/>
+      <c r="H9" s="22">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23"/>
+      <c r="G10" s="23"/>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23"/>
+      <c r="G11" s="23"/>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23"/>
+      <c r="G12" s="23"/>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23"/>
+      <c r="G13" s="23"/>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="22">
+        <v>0.17</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.17</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23"/>
+      <c r="G16" s="23"/>
+      <c r="H16" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23"/>
+      <c r="G17" s="23"/>
+      <c r="H17" s="22">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23"/>
+      <c r="G18" s="23"/>
+      <c r="H18" s="22">
+        <v>6.6</v>
+      </c>
+      <c r="I18" s="14">
+        <f t="shared" si="0"/>
+        <v>6.6</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13"/>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="14" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23"/>
+      <c r="G19" s="23"/>
+      <c r="H19" s="22">
+        <v>1.7</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>1.7</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="22">
+        <v>1.2</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>1.2</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="4" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23"/>
+      <c r="G21" s="23"/>
+      <c r="H21" s="22" t="s">
+        <v>35</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
         <v>20</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C3" s="7">
+      <c r="F22" s="23"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23"/>
+      <c r="G23" s="23"/>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23"/>
+      <c r="G24" s="23"/>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23"/>
+      <c r="G25" s="23"/>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23"/>
+      <c r="G27" s="23"/>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23"/>
+      <c r="G28" s="23"/>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23"/>
+      <c r="G29" s="23"/>
+      <c r="H29" s="22">
+        <v>0</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23"/>
+      <c r="G30" s="23"/>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...123 lines deleted...]
-      <c r="C9" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
         <v>50</v>
       </c>
-      <c r="D9" s="8">
-[...438 lines deleted...]
-      <c r="C26" s="7">
+      <c r="F31" s="23"/>
+      <c r="G31" s="23"/>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
         <v>5000</v>
       </c>
-      <c r="D26" s="8" t="s">
-[...149 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23"/>
+      <c r="G32" s="23"/>
+      <c r="H32" s="22">
+        <v>1600</v>
+      </c>
+      <c r="I32" s="14">
+        <f t="shared" si="0"/>
+        <v>1600</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13"/>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D06D1013-8EC1-4319-AFD5-F5C92BA6318A}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{46B9C4A8-65CC-4146-8604-243FDCA0A46A}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="F45" sqref="F45"/>
+    <sheetView topLeftCell="A10" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I21" sqref="I21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f t="shared" ref="K2:K32" si="0">IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>64</v>
+      </c>
+      <c r="G3" s="23">
+        <v>32</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="1">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0.08</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="G9" s="23">
+        <v>1.1E-4</v>
+      </c>
+      <c r="H9" s="22">
+        <v>6.3E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="1"/>
+        <v>6.3E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="G11" s="23">
+        <v>0.7</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>0</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0.23</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0.19</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.22</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="1"/>
+        <v>0.22</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>70</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22">
+        <v>42</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="1"/>
+        <v>42</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>9.0000000000000002E-6</v>
+      </c>
+      <c r="G17" s="23">
+        <v>7.5000000000000002E-6</v>
+      </c>
+      <c r="H17" s="22" t="s">
+        <v>71</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0.75</v>
+      </c>
+      <c r="H18" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>45</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <v>5.9</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="1"/>
+        <v>5.9</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>1.9</v>
+      </c>
+      <c r="G20" s="23">
+        <v>1.65</v>
+      </c>
+      <c r="H20" s="22">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="1"/>
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
         <v>14</v>
       </c>
-      <c r="D1" s="3" t="s">
+      <c r="G21" s="23">
+        <v>5.6</v>
+      </c>
+      <c r="H21" s="22">
+        <v>2.4</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="1"/>
+        <v>2.4</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
+        <v>20</v>
+      </c>
+      <c r="F22" s="23">
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="G24" s="23">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>4.6100000000000002E-2</v>
+      </c>
+      <c r="G25" s="23">
+        <v>4.9500000000000004E-3</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="G27" s="23">
+        <v>2.653E-3</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
+        <v>10</v>
+      </c>
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="G29" s="23">
+        <v>5.61</v>
+      </c>
+      <c r="H29" s="22">
+        <v>0</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="G30" s="23">
+        <v>0.91500000000000004</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
+        <v>50</v>
+      </c>
+      <c r="F31" s="23"/>
+      <c r="G31" s="23"/>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
+        <v>5000</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
         <v>17</v>
       </c>
-      <c r="E1" s="14" t="s">
-[...603 lines deleted...]
-        <f>[1]Vito!L24</f>
+      <c r="G32" s="23">
         <v>15</v>
       </c>
-    </row>
-[...186 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="H32" s="22">
+        <v>390</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="1"/>
+        <v>390</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADB0CB87-E118-4070-8C26-5140C70AB949}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4249416C-F76C-409C-B388-304128580C81}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="N24" sqref="N24"/>
+    <sheetView topLeftCell="A10" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I29" sqref="I29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>0</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>1.7</v>
+      </c>
+      <c r="G6" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="G9" s="23">
+        <v>8.4000000000000005E-2</v>
+      </c>
+      <c r="H9" s="22">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="G11" s="23">
+        <v>0.75</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>0</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0.18</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.2</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.2</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>880</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>0</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <v>0.26</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>0.26</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>0</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22">
+        <v>2.4</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>2.4</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="14" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>0</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>2.7</v>
+      </c>
+      <c r="G20" s="23">
+        <v>1.95</v>
+      </c>
+      <c r="H20" s="22">
+        <v>5.4</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>5.4</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="4" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>31</v>
+      </c>
+      <c r="G21" s="23">
+        <v>3.7</v>
+      </c>
+      <c r="H21" s="22">
+        <v>5</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>5</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
         <v>20</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C3" s="7">
+      <c r="F22" s="23">
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>1.3</v>
+      </c>
+      <c r="G24" s="23">
+        <v>0.65</v>
+      </c>
+      <c r="H24" s="22">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="G25" s="23">
+        <v>0</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="G27" s="23">
+        <v>0</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>6.44</v>
+      </c>
+      <c r="G29" s="23">
+        <v>3.8250000000000002</v>
+      </c>
+      <c r="H29" s="22">
+        <v>25.3</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>25.3</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>0.96</v>
+      </c>
+      <c r="G30" s="23">
+        <v>0.67</v>
+      </c>
+      <c r="H30" s="22">
+        <v>1.4</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>1.4</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...123 lines deleted...]
-      <c r="C9" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
         <v>50</v>
       </c>
-      <c r="D9" s="8">
-[...438 lines deleted...]
-      <c r="C26" s="7">
+      <c r="F31" s="23"/>
+      <c r="G31" s="23"/>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
         <v>5000</v>
       </c>
-      <c r="D26" s="8" t="s">
-[...149 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
+        <v>0</v>
+      </c>
+      <c r="G32" s="23">
+        <v>0</v>
+      </c>
+      <c r="H32" s="22">
+        <v>90</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>90</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A7E4BDD9-87E5-4EE5-8CF4-AE3EAF8C9DDE}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4EE010BF-CCCD-47F6-BEB4-7DF0C5A8136A}">
+  <sheetPr>
+    <tabColor theme="9" tint="-0.249977111117893"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="E38" sqref="E38"/>
+    <sheetView topLeftCell="A10" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I32" sqref="I32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>33</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22">
+        <v>11</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>11</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0.17</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>0.1159</v>
+      </c>
+      <c r="G9" s="23">
+        <v>0</v>
+      </c>
+      <c r="H9" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>0.1</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>10</v>
+      </c>
+      <c r="G11" s="23">
+        <v>7.7</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>1</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0.31</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0.25</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.31</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.31</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>96</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22">
+        <v>240</v>
+      </c>
+      <c r="I16" s="14">
+        <f t="shared" si="0"/>
+        <v>240</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13"/>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <v>1.6E-2</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>1.6E-2</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>0</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>1.5</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="14" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>0</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <v>6.8</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>6.8</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>5</v>
+      </c>
+      <c r="G20" s="23">
+        <v>3</v>
+      </c>
+      <c r="H20" s="22">
+        <v>2.9</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>2.9</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="4" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>29</v>
+      </c>
+      <c r="G21" s="23">
+        <v>11</v>
+      </c>
+      <c r="H21" s="22">
+        <v>1.4</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>1.4</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
         <v>20</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C3" s="7">
+      <c r="F22" s="23">
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>0</v>
+      </c>
+      <c r="G24" s="23">
+        <v>0</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>3.1E-2</v>
+      </c>
+      <c r="G25" s="23">
+        <v>2.3E-2</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>3.1E-2</v>
+      </c>
+      <c r="G27" s="23">
+        <v>2.3E-2</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>41.5</v>
+      </c>
+      <c r="G29" s="23">
+        <v>8.91</v>
+      </c>
+      <c r="H29" s="22">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>0.8</v>
+      </c>
+      <c r="G30" s="23">
+        <v>0.4</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...123 lines deleted...]
-      <c r="C9" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
         <v>50</v>
       </c>
-      <c r="D9" s="8">
-[...172 lines deleted...]
-      <c r="A16" s="6" t="s">
+      <c r="F31" s="23">
+        <v>0</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
+        <v>5000</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
         <v>25</v>
       </c>
-      <c r="B16" s="27" t="s">
-[...126 lines deleted...]
-      <c r="A21" s="6" t="s">
+      <c r="G32" s="23">
         <v>11</v>
       </c>
-      <c r="B21" s="27" t="s">
-[...285 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="H32" s="22">
+        <v>110</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>110</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6C4AA1E-AB8D-48C0-80B6-0CAD7EA62E6A}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BF2CA987-F92A-43B1-A7F1-C05B7EF03C1B}">
+  <sheetPr>
+    <tabColor theme="9" tint="-0.249977111117893"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="F35" sqref="F35"/>
+    <sheetView topLeftCell="A13" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I32" sqref="I32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>0</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>0</v>
+      </c>
+      <c r="G9" s="23">
+        <v>0</v>
+      </c>
+      <c r="H9" s="22">
+        <v>0.11</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>0.11</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G11" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>1</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0.26</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0.23</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.52</v>
+      </c>
+      <c r="I15" s="14">
+        <f t="shared" si="0"/>
+        <v>0.52</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13"/>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>42</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>0</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="14" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>0</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <v>5.3</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>5.3</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>9</v>
+      </c>
+      <c r="G20" s="23">
+        <v>5</v>
+      </c>
+      <c r="H20" s="22">
+        <v>5.6</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>5.6</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="4" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>7</v>
+      </c>
+      <c r="G21" s="23">
+        <v>0</v>
+      </c>
+      <c r="H21" s="22">
+        <v>0.63</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>0.63</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
         <v>20</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C3" s="7">
+      <c r="F22" s="23">
+        <v>0.02</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>3</v>
+      </c>
+      <c r="G24" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="H24" s="22">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>2E-3</v>
+      </c>
+      <c r="G25" s="23">
+        <v>0</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>2E-3</v>
+      </c>
+      <c r="G27" s="23">
+        <v>1E-3</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>17.18</v>
+      </c>
+      <c r="G29" s="23">
+        <v>7.3</v>
+      </c>
+      <c r="H29" s="22">
+        <v>26.5</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>26.5</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>3.6</v>
+      </c>
+      <c r="G30" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...123 lines deleted...]
-      <c r="C9" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
         <v>50</v>
       </c>
-      <c r="D9" s="8">
-[...401 lines deleted...]
-        <f>[1]Vito!O24</f>
+      <c r="F31" s="23">
+        <v>0</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
+        <v>5000</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
         <v>15</v>
       </c>
-    </row>
-[...36 lines deleted...]
-      <c r="D26" s="8" t="s">
+      <c r="F32" s="23">
         <v>21</v>
       </c>
-      <c r="E26" s="8">
-[...146 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="G32" s="23">
+        <v>0</v>
+      </c>
+      <c r="H32" s="22">
+        <v>290</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>290</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{84240C10-6220-4BFF-973E-B40278797F28}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADBEA78E-91C8-4180-B84B-3CEB376BA6ED}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="P18" sqref="P18"/>
+    <sheetView topLeftCell="A10" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I21" sqref="I21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>96</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="G9" s="23">
+        <v>0</v>
+      </c>
+      <c r="H9" s="22">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>7</v>
+      </c>
+      <c r="G10" s="23">
+        <v>3</v>
+      </c>
+      <c r="H10" s="22">
+        <v>3.9</v>
+      </c>
+      <c r="I10" s="2">
+        <f t="shared" si="0"/>
+        <v>3.9</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13"/>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>12</v>
+      </c>
+      <c r="G11" s="23">
+        <v>7.4</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>2</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0</v>
+      </c>
+      <c r="H15" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>0</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>0</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22">
+        <v>1.4</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>1.4</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>0</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>3</v>
+      </c>
+      <c r="G20" s="23">
+        <v>2</v>
+      </c>
+      <c r="H20" s="22">
+        <v>4</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>4</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>17</v>
+      </c>
+      <c r="G21" s="23">
+        <v>8</v>
+      </c>
+      <c r="H21" s="22">
+        <v>1.4</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>1.4</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
+        <v>20</v>
+      </c>
+      <c r="F22" s="23">
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>0</v>
+      </c>
+      <c r="G24" s="23">
+        <v>0</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>0.02</v>
+      </c>
+      <c r="G25" s="23">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>0.04</v>
+      </c>
+      <c r="G27" s="23">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
+        <v>10</v>
+      </c>
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>42.7</v>
+      </c>
+      <c r="G29" s="23">
+        <v>12.5</v>
+      </c>
+      <c r="H29" s="22">
+        <v>0</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>0.6</v>
+      </c>
+      <c r="G30" s="23">
+        <v>0</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
+        <v>50</v>
+      </c>
+      <c r="F31" s="23">
+        <v>0</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
+        <v>5000</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
+        <v>21</v>
+      </c>
+      <c r="G32" s="23">
+        <v>0</v>
+      </c>
+      <c r="H32" s="22">
+        <v>260</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>260</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{202078CE-6E46-4321-96B1-B24F2CA8CB44}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
+  <sheetViews>
+    <sheetView topLeftCell="A13" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I21" sqref="I21"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
+  <cols>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="D1" s="3" t="s">
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>202</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>0</v>
+      </c>
+      <c r="G9" s="23">
+        <v>0</v>
+      </c>
+      <c r="H9" s="22">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>2.4</v>
+      </c>
+      <c r="G11" s="23">
+        <v>1.45</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0.1</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>20</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0.3</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.15</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>133</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22" t="s">
+        <v>71</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="E1" s="14" t="s">
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>20</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
+        <v>15</v>
+      </c>
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>0</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>16</v>
+      </c>
+      <c r="G20" s="23">
+        <v>2</v>
+      </c>
+      <c r="H20" s="22">
+        <v>3</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>21</v>
+      </c>
+      <c r="G21" s="23">
+        <v>11</v>
+      </c>
+      <c r="H21" s="22">
+        <v>3.4</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>3.4</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
+        <v>20</v>
+      </c>
+      <c r="F22" s="23">
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="G24" s="23">
+        <v>0</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="G25" s="23">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="G27" s="23">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
+        <v>10</v>
+      </c>
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>13.1</v>
+      </c>
+      <c r="G29" s="23">
+        <v>4.415</v>
+      </c>
+      <c r="H29" s="22">
+        <v>0</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="G30" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
+        <v>50</v>
+      </c>
+      <c r="F31" s="23">
+        <v>0</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
+        <v>5000</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
+        <v>1401</v>
+      </c>
+      <c r="G32" s="23">
+        <v>14</v>
+      </c>
+      <c r="H32" s="22">
+        <v>64</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>64</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6F60B6AF-E6C3-46F5-AEA8-05C909A73171}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
+  <sheetViews>
+    <sheetView topLeftCell="A7" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I21" sqref="I21"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
+  <cols>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>227</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>0.1188</v>
+      </c>
+      <c r="G9" s="23">
+        <v>0</v>
+      </c>
+      <c r="H9" s="22">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
         <v>18</v>
       </c>
-      <c r="G1" s="4" t="s">
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>0.98</v>
+      </c>
+      <c r="G11" s="23">
+        <v>0.39500000000000002</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>1</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
         <v>20</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B2" s="27" t="s">
+      <c r="F15" s="23">
+        <v>0</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.18</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.18</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>427</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22">
         <v>12</v>
       </c>
-      <c r="C2" s="7">
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>12</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>0</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22">
+        <v>1.9</v>
+      </c>
+      <c r="I18" s="14">
+        <f t="shared" si="0"/>
+        <v>1.9</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
+        <v>15</v>
+      </c>
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>0</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <v>1.3</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>1.3</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>2</v>
+      </c>
+      <c r="G20" s="23">
+        <v>0</v>
+      </c>
+      <c r="H20" s="22">
+        <v>1.7</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>1.7</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>19</v>
+      </c>
+      <c r="G21" s="23">
+        <v>15</v>
+      </c>
+      <c r="H21" s="22">
+        <v>2.5</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>2.5</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
+        <v>20</v>
+      </c>
+      <c r="F22" s="23">
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="G24" s="23">
+        <v>1</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>2E-3</v>
+      </c>
+      <c r="G25" s="23">
+        <v>0</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>2E-3</v>
+      </c>
+      <c r="G27" s="23">
+        <v>0</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
+        <v>10</v>
+      </c>
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>12.7</v>
+      </c>
+      <c r="G29" s="23">
+        <v>4.25</v>
+      </c>
+      <c r="H29" s="22">
+        <v>0</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="G30" s="23">
+        <v>0.9</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
+        <v>50</v>
+      </c>
+      <c r="F31" s="23">
+        <v>0</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
+        <v>5000</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
+        <v>72</v>
+      </c>
+      <c r="G32" s="23">
+        <v>6</v>
+      </c>
+      <c r="H32" s="22">
+        <v>230</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>230</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8A2FF75-CB7A-425A-81B1-6D3C1576DCDC}">
+  <sheetPr>
+    <tabColor theme="9" tint="-0.249977111117893"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
+  <sheetViews>
+    <sheetView topLeftCell="A7" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I29" sqref="I29"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
+  <cols>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>24</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="G9" s="23">
+        <v>0.11609999999999999</v>
+      </c>
+      <c r="H9" s="22">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="G11" s="23">
+        <v>5.55</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
         <v>5</v>
       </c>
-      <c r="D2" s="8">
-[...3 lines deleted...]
-        <f>'[1]resultaten max  HD '!P2</f>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
         <v>1</v>
       </c>
-      <c r="F2" s="7">
-[...12 lines deleted...]
-      <c r="B3" s="27" t="s">
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0.48</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0.42499999999999999</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.22</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.22</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>0</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>0</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <v>0.26</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>0.26</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>0</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22">
+        <v>2.9</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>2.9</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
+        <v>15</v>
+      </c>
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>0</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <v>11</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>11</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>3</v>
+      </c>
+      <c r="G20" s="23">
+        <v>3</v>
+      </c>
+      <c r="H20" s="22">
+        <v>13</v>
+      </c>
+      <c r="I20" s="14">
+        <f t="shared" si="0"/>
+        <v>13</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13"/>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
         <v>12</v>
       </c>
-      <c r="C3" s="7">
+      <c r="G21" s="23">
+        <v>0</v>
+      </c>
+      <c r="H21" s="22">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
+        <v>20</v>
+      </c>
+      <c r="F22" s="23">
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>1.2</v>
+      </c>
+      <c r="G24" s="23">
+        <v>0</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>0.03</v>
+      </c>
+      <c r="G25" s="23">
+        <v>2.1499999999999998E-2</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>0.03</v>
+      </c>
+      <c r="G27" s="23">
+        <v>2.1499999999999998E-2</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>24.7</v>
+      </c>
+      <c r="G29" s="23">
+        <v>2.75</v>
+      </c>
+      <c r="H29" s="22">
+        <v>21</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>21</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="G30" s="23">
+        <v>0.85</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...123 lines deleted...]
-      <c r="C9" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
         <v>50</v>
       </c>
-      <c r="D9" s="8">
-[...438 lines deleted...]
-      <c r="C26" s="7">
+      <c r="F31" s="23">
+        <v>0</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
         <v>5000</v>
       </c>
-      <c r="D26" s="8" t="s">
-[...149 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
+        <v>16</v>
+      </c>
+      <c r="G32" s="23">
+        <v>0</v>
+      </c>
+      <c r="H32" s="22">
+        <v>700</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>700</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...8 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B88A93B2-9BEE-4CFA-9643-6AFC41ACED06}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0DE9E064-AD37-4CBE-801F-2EA09550C46D}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView zoomScale="106" zoomScaleNormal="106" workbookViewId="0">
-      <selection activeCell="F14" sqref="F14"/>
+    <sheetView zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="L9" sqref="L9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","Check")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>61</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22">
+        <v>22</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>22</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","Check")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0.54</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0.37</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="G9" s="23">
+        <v>0.06</v>
+      </c>
+      <c r="H9" s="22">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>0</v>
+      </c>
+      <c r="G11" s="23">
+        <v>0</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>0</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0.19</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0.18</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.23</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.23</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>290</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="G17" s="23">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="H17" s="22" t="s">
+        <v>71</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>1.8</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D1" s="3" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>72</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>0</v>
+      </c>
+      <c r="G20" s="23">
+        <v>0</v>
+      </c>
+      <c r="H20" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="G21" s="23">
+        <v>2</v>
+      </c>
+      <c r="H21" s="22">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
+        <v>20</v>
+      </c>
+      <c r="F22" s="23">
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>0</v>
+      </c>
+      <c r="G24" s="23">
+        <v>0</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>1.35E-2</v>
+      </c>
+      <c r="G25" s="23">
+        <v>0</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>1.35E-2</v>
+      </c>
+      <c r="G27" s="23">
+        <v>0</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
+        <v>10</v>
+      </c>
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>0</v>
+      </c>
+      <c r="G29" s="23">
+        <v>0</v>
+      </c>
+      <c r="H29" s="22">
+        <v>25</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>25</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>0.26</v>
+      </c>
+      <c r="G30" s="23">
+        <v>0</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
+        <v>50</v>
+      </c>
+      <c r="F31" s="23">
+        <v>0</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
+        <v>5000</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
         <v>17</v>
       </c>
-      <c r="E1" s="14" t="s">
-[...348 lines deleted...]
-      <c r="A15" s="6" t="s">
+      <c r="G32" s="23">
+        <v>0</v>
+      </c>
+      <c r="H32" s="22">
         <v>24</v>
       </c>
-      <c r="B15" s="27" t="s">
-[...441 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>24</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{942287DD-8199-485C-8766-B49A77340CCE}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
+  <sheetViews>
+    <sheetView topLeftCell="A10" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I29" sqref="I29"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
+  <cols>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>0</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>0</v>
+      </c>
+      <c r="G9" s="23">
+        <v>0</v>
+      </c>
+      <c r="H9" s="22">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>7.5</v>
+      </c>
+      <c r="G11" s="23">
+        <v>5.7</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>37</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0.3</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0.23</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.22</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.22</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>206</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>2</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22">
+        <v>1.7</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>1.7</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
+        <v>15</v>
+      </c>
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>0</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>1.5</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>27</v>
+      </c>
+      <c r="G20" s="23">
+        <v>2</v>
+      </c>
+      <c r="H20" s="22">
+        <v>3.1</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>3.1</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>23</v>
+      </c>
+      <c r="G21" s="23">
+        <v>9</v>
+      </c>
+      <c r="H21" s="22">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
+        <v>20</v>
+      </c>
+      <c r="F22" s="23">
+        <v>0.02</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>0</v>
+      </c>
+      <c r="G24" s="23">
+        <v>0</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="G25" s="23">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="G27" s="23">
+        <v>3.9E-2</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
+        <v>10</v>
+      </c>
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>24.8</v>
+      </c>
+      <c r="G29" s="23">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="H29" s="22">
+        <v>20.399999999999999</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>20.399999999999999</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="G30" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
+        <v>50</v>
+      </c>
+      <c r="F31" s="23">
+        <v>0</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
+        <v>5000</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
+        <v>51</v>
+      </c>
+      <c r="G32" s="23">
+        <v>0</v>
+      </c>
+      <c r="H32" s="22">
+        <v>44</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>44</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5360F2E3-AFF6-4013-BF12-CF57D6F459C7}">
+  <sheetPr>
+    <tabColor theme="9" tint="-0.249977111117893"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
+  <sheetViews>
+    <sheetView topLeftCell="A13" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I32" sqref="I32"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
+  <cols>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>0</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>0.03</v>
+      </c>
+      <c r="G9" s="23">
+        <v>0.03</v>
+      </c>
+      <c r="H9" s="22">
+        <v>3.1E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>3.1E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>0.4</v>
+      </c>
+      <c r="G11" s="23">
+        <v>0.2</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>0</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0.18</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0.17</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.16</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.16</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>16</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22">
+        <v>65</v>
+      </c>
+      <c r="I16" s="14">
+        <f t="shared" si="0"/>
+        <v>65</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13"/>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>2E-3</v>
+      </c>
+      <c r="G17" s="23">
+        <v>2E-3</v>
+      </c>
+      <c r="H17" s="22">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>0</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22">
+        <v>1.2</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>1.2</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
+        <v>15</v>
+      </c>
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>3</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <v>16</v>
+      </c>
+      <c r="I19" s="14">
+        <f t="shared" si="0"/>
+        <v>16</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13"/>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>0</v>
+      </c>
+      <c r="G20" s="23">
+        <v>0</v>
+      </c>
+      <c r="H20" s="22">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>14.9</v>
+      </c>
+      <c r="G21" s="23">
+        <v>13.3</v>
+      </c>
+      <c r="H21" s="22">
+        <v>2.9</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>2.9</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
+        <v>20</v>
+      </c>
+      <c r="F22" s="23">
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>1.2</v>
+      </c>
+      <c r="G24" s="23">
+        <v>1.2</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>0.01</v>
+      </c>
+      <c r="G25" s="23">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>0.18</v>
+      </c>
+      <c r="G27" s="23">
+        <v>0.01</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
+        <v>10</v>
+      </c>
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="G29" s="23">
+        <v>5.25</v>
+      </c>
+      <c r="H29" s="22">
+        <v>12.2</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>12.2</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>1.3</v>
+      </c>
+      <c r="G30" s="23">
+        <v>1.2</v>
+      </c>
+      <c r="H30" s="22">
+        <v>1</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
+        <v>50</v>
+      </c>
+      <c r="F31" s="23">
+        <v>0</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
+        <v>5000</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
+        <v>10</v>
+      </c>
+      <c r="G32" s="23">
+        <v>5</v>
+      </c>
+      <c r="H32" s="22">
+        <v>715</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>715</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:G32"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14E938A6-0EF4-4DF6-B1BE-59549F5B2396}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="Q25" sqref="Q25"/>
+    <sheetView topLeftCell="A13" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="L9" sqref="L9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>8.2977790000000002</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>4.62E-3</v>
+      </c>
+      <c r="G4" s="23">
+        <v>4.62E-3</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>3.344792</v>
+      </c>
+      <c r="G6" s="23">
+        <v>2.84</v>
+      </c>
+      <c r="H6" s="22">
+        <v>3</v>
+      </c>
+      <c r="I6" s="2">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13"/>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>8.3206000000000002E-2</v>
+      </c>
+      <c r="G9" s="23">
+        <v>4.6121000000000002E-2</v>
+      </c>
+      <c r="H9" s="22">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>0</v>
+      </c>
+      <c r="G11" s="23">
+        <v>0</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>1E-3</v>
+      </c>
+      <c r="G12" s="23">
+        <v>1E-3</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>0</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0.45</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0.34300000000000003</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>9.4E-2</v>
+      </c>
+      <c r="G15" s="23">
+        <v>8.8499999999999995E-2</v>
+      </c>
+      <c r="H15" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>18.45</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>2.078E-3</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <v>0.33</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>0.33</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>0</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22">
+        <v>10</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>10</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13"/>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="14" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>4.3818429999999999</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>0</v>
+      </c>
+      <c r="G20" s="23">
+        <v>0</v>
+      </c>
+      <c r="H20" s="22">
+        <v>2.4</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>2.4</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="4" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>2.1770870000000002</v>
+      </c>
+      <c r="G21" s="23">
+        <v>1.311328</v>
+      </c>
+      <c r="H21" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>0.3</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
         <v>20</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C3" s="7">
+      <c r="F22" s="23">
+        <v>2.6877999999999999E-2</v>
+      </c>
+      <c r="G22" s="23">
+        <v>4.5399999999999998E-4</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>1.48E-3</v>
+      </c>
+      <c r="G23" s="23">
+        <v>1.48E-3</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="G24" s="23">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>0</v>
+      </c>
+      <c r="G25" s="23">
+        <v>0</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>0</v>
+      </c>
+      <c r="G27" s="23">
+        <v>0</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>3.7399999999999998E-3</v>
+      </c>
+      <c r="G29" s="23">
+        <v>0</v>
+      </c>
+      <c r="H29" s="22">
+        <v>0</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>2.3E-2</v>
+      </c>
+      <c r="G30" s="23">
+        <v>1.4E-2</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...123 lines deleted...]
-      <c r="C9" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
         <v>50</v>
       </c>
-      <c r="D9" s="8">
-[...438 lines deleted...]
-      <c r="C26" s="7">
+      <c r="F31" s="23">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
         <v>5000</v>
       </c>
-      <c r="D26" s="8" t="s">
-[...145 lines deleted...]
-    <row r="32" spans="1:7" ht="12" customHeight="1"/>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
+        <v>8.4408809999999992</v>
+      </c>
+      <c r="G32" s="23">
+        <v>0</v>
+      </c>
+      <c r="H32" s="22">
+        <v>720</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>720</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED1221AC-1347-4012-A748-4F98734EF578}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6F8E777F-A96E-415A-B790-887CDF6FEB49}">
+  <sheetPr>
+    <tabColor rgb="FFFF0000"/>
+  </sheetPr>
+  <dimension ref="A1:K32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="D39" sqref="D39"/>
+    <sheetView zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I19" sqref="I19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:11" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23"/>
+      <c r="G2" s="23"/>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f t="shared" ref="K2:K31" si="0">IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23"/>
+      <c r="G3" s="23"/>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="1">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23"/>
+      <c r="G4" s="23"/>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23"/>
+      <c r="G5" s="23"/>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23"/>
+      <c r="G6" s="23"/>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23"/>
+      <c r="G7" s="23"/>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23"/>
+      <c r="G8" s="23"/>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23"/>
+      <c r="G9" s="23"/>
+      <c r="H9" s="22">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="1"/>
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23"/>
+      <c r="G10" s="23"/>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23"/>
+      <c r="G11" s="23"/>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23"/>
+      <c r="G12" s="23"/>
+      <c r="H12" s="22">
+        <v>1.8</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="1"/>
+        <v>1.8</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13"/>
+    </row>
+    <row r="13" spans="1:11" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23"/>
+      <c r="G13" s="23"/>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="1"/>
+        <v>0.15</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="16" spans="1:11">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23"/>
+      <c r="G16" s="23"/>
+      <c r="H16" s="22">
+        <v>12</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="1"/>
+        <v>12</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="17" spans="1:11">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23"/>
+      <c r="G17" s="23"/>
+      <c r="H17" s="22" t="s">
+        <v>71</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="18" spans="1:11">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23"/>
+      <c r="G18" s="23"/>
+      <c r="H18" s="22">
+        <v>26</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="1"/>
+        <v>26</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13"/>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="14" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23"/>
+      <c r="G19" s="23"/>
+      <c r="H19" s="22">
+        <v>22</v>
+      </c>
+      <c r="I19" s="14">
+        <f t="shared" si="1"/>
+        <v>22</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v>CHECK</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="22">
+        <v>8</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="1"/>
+        <v>8</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13"/>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="4" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23"/>
+      <c r="G21" s="23"/>
+      <c r="H21" s="22">
+        <v>5.7</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="1"/>
+        <v>5.7</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
         <v>20</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C3" s="7">
+      <c r="F22" s="23"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23"/>
+      <c r="G23" s="23"/>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23"/>
+      <c r="G24" s="23"/>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23"/>
+      <c r="G25" s="23"/>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23"/>
+      <c r="G27" s="23"/>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="28" spans="1:11" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23"/>
+      <c r="G28" s="23"/>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:11" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23"/>
+      <c r="G29" s="23"/>
+      <c r="H29" s="22">
+        <v>0</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23"/>
+      <c r="G30" s="23"/>
+      <c r="H30" s="22">
+        <v>1.8</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="1"/>
+        <v>1.8</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:11">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...123 lines deleted...]
-      <c r="C9" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
         <v>50</v>
       </c>
-      <c r="D9" s="8">
-[...438 lines deleted...]
-      <c r="C26" s="7">
+      <c r="F31" s="23"/>
+      <c r="G31" s="23"/>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:11">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
         <v>5000</v>
       </c>
-      <c r="D26" s="8" t="s">
-[...149 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23"/>
+      <c r="G32" s="23"/>
+      <c r="H32" s="22">
+        <v>6100</v>
+      </c>
+      <c r="I32" s="14">
+        <f t="shared" si="1"/>
+        <v>6100</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13"/>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8E6DB250-A26B-447A-B4C0-B088E66F06EA}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC3E6DA0-09BA-4EFE-9E2C-F2FB9F5DB0B0}">
+  <sheetPr>
+    <tabColor rgb="FFFF0000"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="M20" sqref="M20"/>
+    <sheetView tabSelected="1" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="L9" sqref="L9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23"/>
+      <c r="G2" s="23"/>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23"/>
+      <c r="G3" s="23"/>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23"/>
+      <c r="G4" s="23"/>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23"/>
+      <c r="G5" s="23"/>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23"/>
+      <c r="G6" s="23"/>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23"/>
+      <c r="G7" s="23"/>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23"/>
+      <c r="G8" s="23"/>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23"/>
+      <c r="G9" s="23"/>
+      <c r="H9" s="22">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23"/>
+      <c r="G10" s="23"/>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23"/>
+      <c r="G11" s="23"/>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23"/>
+      <c r="G12" s="23"/>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23"/>
+      <c r="G13" s="23"/>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="22">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23"/>
+      <c r="G16" s="23"/>
+      <c r="H16" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23"/>
+      <c r="G17" s="23"/>
+      <c r="H17" s="22">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23"/>
+      <c r="G18" s="23"/>
+      <c r="H18" s="22">
+        <v>2.4</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>2.4</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="14" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23"/>
+      <c r="G19" s="23"/>
+      <c r="H19" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="22">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="4" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23"/>
+      <c r="G21" s="23"/>
+      <c r="H21" s="22">
+        <v>4.5</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>4.5</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
         <v>20</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C3" s="7">
+      <c r="F22" s="23"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23"/>
+      <c r="G23" s="23"/>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23"/>
+      <c r="G24" s="23"/>
+      <c r="H24" s="22">
+        <v>1.7</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>1.7</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23"/>
+      <c r="G25" s="23"/>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23"/>
+      <c r="G27" s="23"/>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23"/>
+      <c r="G28" s="23"/>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23"/>
+      <c r="G29" s="23"/>
+      <c r="H29" s="22">
+        <v>26.6</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>26.6</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23"/>
+      <c r="G30" s="23"/>
+      <c r="H30" s="22">
+        <v>1.2</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>1.2</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...123 lines deleted...]
-      <c r="C9" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
         <v>50</v>
       </c>
-      <c r="D9" s="8">
-[...438 lines deleted...]
-      <c r="C26" s="7">
+      <c r="F31" s="23"/>
+      <c r="G31" s="23"/>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
         <v>5000</v>
       </c>
-      <c r="D26" s="8" t="s">
-[...149 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23"/>
+      <c r="G32" s="23"/>
+      <c r="H32" s="22">
+        <v>110</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>110</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5A76615B-B39C-4787-9075-C62750B16CD8}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0790F252-3088-48D0-B90A-631F05E58087}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:K32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="R24" sqref="R24"/>
+    <sheetView topLeftCell="A7" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I32" sqref="I32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:11" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>0</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>0</v>
+      </c>
+      <c r="G9" s="23">
+        <v>0</v>
+      </c>
+      <c r="H9" s="22">
+        <v>5.5E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>5.5E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>0.5</v>
+      </c>
+      <c r="G11" s="23">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0.1</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>1</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="16" spans="1:11">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>357</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22">
+        <v>230</v>
+      </c>
+      <c r="I16" s="2">
+        <f t="shared" si="0"/>
+        <v>230</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13"/>
+    </row>
+    <row r="17" spans="1:11">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>0</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="18" spans="1:11">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>0</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22">
+        <v>2</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="14" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>12</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>42</v>
+      </c>
+      <c r="G20" s="23">
+        <v>3</v>
+      </c>
+      <c r="H20" s="22">
+        <v>3.7</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>3.7</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
         <v>18</v>
       </c>
-      <c r="G1" s="4" t="s">
+      <c r="G21" s="23">
+        <v>15.5</v>
+      </c>
+      <c r="H21" s="22">
+        <v>3</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
         <v>20</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C3" s="7">
+      <c r="F22" s="23">
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>0</v>
+      </c>
+      <c r="G24" s="23">
+        <v>0</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>1.9E-2</v>
+      </c>
+      <c r="G25" s="23">
+        <v>1.9E-2</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="G27" s="23">
+        <v>0.02</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="28" spans="1:11" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:11" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="G29" s="23">
+        <v>3.4849999999999999</v>
+      </c>
+      <c r="H29" s="22">
+        <v>14.8</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>14.8</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>0</v>
+      </c>
+      <c r="G30" s="23">
+        <v>0</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:11">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...123 lines deleted...]
-      <c r="C9" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
         <v>50</v>
       </c>
-      <c r="D9" s="8">
-[...42 lines deleted...]
-      <c r="A11" s="6" t="s">
+      <c r="F31" s="23">
+        <v>0</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:11">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
+        <v>5000</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
+        <v>21</v>
+      </c>
+      <c r="G32" s="23">
         <v>8</v>
       </c>
-      <c r="B11" s="27" t="s">
-[...545 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="H32" s="22">
+        <v>84</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>84</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30B24267-9EDF-4A8B-BAD1-DFFBD92D3AFB}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A470C6BC-36B8-4AED-AF74-D34A38AD30C2}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="L11" sqref="L11"/>
+    <sheetView topLeftCell="A17" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I20" sqref="I20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>0</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>4.62E-3</v>
+      </c>
+      <c r="G4" s="23">
+        <v>4.62E-3</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>1.564074</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0.51600000000000001</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>3.6590999999999999E-2</v>
+      </c>
+      <c r="G9" s="23">
+        <v>3.0648999999999999E-2</v>
+      </c>
+      <c r="H9" s="22">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>0</v>
+      </c>
+      <c r="G11" s="23">
+        <v>0</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>1E-3</v>
+      </c>
+      <c r="G12" s="23">
+        <v>1E-3</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>0</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0.17899999999999999</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0.114</v>
+      </c>
+      <c r="G15" s="23">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="H15" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>12.523999999999999</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>2.1949999999999999E-3</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <v>0.43</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>0.43</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>0</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="I18" s="14">
+        <f t="shared" si="0"/>
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13"/>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="14" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>0</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>0</v>
+      </c>
+      <c r="G20" s="23">
+        <v>0</v>
+      </c>
+      <c r="H20" s="22">
+        <v>1.3</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>1.3</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="4" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>1.5774349999999999</v>
+      </c>
+      <c r="G21" s="23">
+        <v>1.1341289999999999</v>
+      </c>
+      <c r="H21" s="22" t="s">
+        <v>35</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
         <v>20</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C3" s="7">
+      <c r="F22" s="23">
+        <v>3.98E-3</v>
+      </c>
+      <c r="G22" s="23">
+        <v>4.3800000000000002E-4</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>1.48E-3</v>
+      </c>
+      <c r="G23" s="23">
+        <v>1.48E-3</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="G24" s="23">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>0</v>
+      </c>
+      <c r="G25" s="23">
+        <v>0</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>0</v>
+      </c>
+      <c r="G27" s="23">
+        <v>0</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>0</v>
+      </c>
+      <c r="G29" s="23">
+        <v>0</v>
+      </c>
+      <c r="H29" s="22">
+        <v>0</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="G30" s="23">
+        <v>3.1050000000000001E-3</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...123 lines deleted...]
-      <c r="C9" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
         <v>50</v>
       </c>
-      <c r="D9" s="8">
-[...438 lines deleted...]
-      <c r="C26" s="7">
+      <c r="F31" s="23">
+        <v>2.4599999999999999E-3</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
         <v>5000</v>
       </c>
-      <c r="D26" s="8" t="s">
-[...149 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
+        <v>4.1390000000000002</v>
+      </c>
+      <c r="G32" s="23">
+        <v>0</v>
+      </c>
+      <c r="H32" s="22">
+        <v>160</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA14C6BD-65EF-4337-847E-8CEC81C334A4}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{72A1250C-5614-4D7E-BE88-B26DB54D94A6}">
+  <sheetPr>
+    <tabColor rgb="FFFF0000"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="K42" sqref="K42"/>
+    <sheetView topLeftCell="A20" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I20" sqref="I20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23"/>
+      <c r="G2" s="23"/>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23"/>
+      <c r="G3" s="23"/>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K26" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23"/>
+      <c r="G4" s="23"/>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23"/>
+      <c r="G5" s="23"/>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23"/>
+      <c r="G6" s="23"/>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23"/>
+      <c r="G7" s="23"/>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23"/>
+      <c r="G8" s="23"/>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23"/>
+      <c r="G9" s="23"/>
+      <c r="H9" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>0.15</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23"/>
+      <c r="G10" s="23"/>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23"/>
+      <c r="G11" s="23"/>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23"/>
+      <c r="G12" s="23"/>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23"/>
+      <c r="G13" s="23"/>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="22">
+        <v>0.67</v>
+      </c>
+      <c r="I15" s="14">
+        <f t="shared" si="0"/>
+        <v>0.67</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13"/>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23"/>
+      <c r="G16" s="23"/>
+      <c r="H16" s="22">
+        <v>10</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>10</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23"/>
+      <c r="G17" s="23"/>
+      <c r="H17" s="22">
+        <v>0.08</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>0.08</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23"/>
+      <c r="G18" s="23"/>
+      <c r="H18" s="22">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="14" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23"/>
+      <c r="G19" s="23"/>
+      <c r="H19" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="22">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="4" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23"/>
+      <c r="G21" s="23"/>
+      <c r="H21" s="22">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
         <v>20</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C3" s="7">
+      <c r="F22" s="23"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23"/>
+      <c r="G23" s="23"/>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23"/>
+      <c r="G24" s="23"/>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23"/>
+      <c r="G25" s="23"/>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23"/>
+      <c r="G27" s="23"/>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" ref="K27:K32" si="3">IF(I27&lt;D27,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23"/>
+      <c r="G28" s="23"/>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23"/>
+      <c r="G29" s="23"/>
+      <c r="H29" s="22">
+        <v>0</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23"/>
+      <c r="G30" s="23"/>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...123 lines deleted...]
-      <c r="C9" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
         <v>50</v>
       </c>
-      <c r="D9" s="8">
-[...438 lines deleted...]
-      <c r="C26" s="7">
+      <c r="F31" s="23"/>
+      <c r="G31" s="23"/>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
         <v>5000</v>
       </c>
-      <c r="D26" s="8" t="s">
-[...149 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23"/>
+      <c r="G32" s="23"/>
+      <c r="H32" s="22">
+        <v>230</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>230</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B018948A-B4DB-4E58-B90B-C82A26548774}">
-  <dimension ref="A1:G36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C1D34DA8-B635-4676-A7BC-FCCFEE58C8E0}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="L35" sqref="L35"/>
+    <sheetView topLeftCell="A7" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="I21" sqref="I21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="5"/>
+    <col min="1" max="1" width="21.88671875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="7.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.88671875" style="1" customWidth="1"/>
+    <col min="10" max="11" width="9.109375" style="1"/>
+    <col min="12" max="12" width="10.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="22.5">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:12" ht="21" thickBot="1">
+      <c r="A1" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F1" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="I1" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1">
+      <c r="A2" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="22">
+        <v>3</v>
+      </c>
+      <c r="D2" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="E2" s="22">
+        <v>40</v>
+      </c>
+      <c r="F2" s="23">
+        <v>0</v>
+      </c>
+      <c r="G2" s="23">
+        <v>0</v>
+      </c>
+      <c r="H2" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" s="12">
+        <f>IF(ISNUMBER(H2),H2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J2" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2" s="13" t="str">
+        <f>IF(I2&lt;D2,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L2" s="1" t="str">
+        <f>IF(I2&gt;C2,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="12" customHeight="1">
+      <c r="A3" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="22">
+        <v>200</v>
+      </c>
+      <c r="D3" s="22">
+        <v>60</v>
+      </c>
+      <c r="E3" s="22">
+        <v>25</v>
+      </c>
+      <c r="F3" s="23">
+        <v>0</v>
+      </c>
+      <c r="G3" s="23">
+        <v>0</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="12">
+        <f t="shared" ref="I3:I32" si="0">IF(ISNUMBER(H3),H3,0)</f>
+        <v>0</v>
+      </c>
+      <c r="J3" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="13" t="str">
+        <f t="shared" ref="K3:K32" si="1">IF(I3&lt;D3,"","CHECK")</f>
+        <v/>
+      </c>
+      <c r="L3" s="1" t="str">
+        <f t="shared" ref="L3:L27" si="2">IF(I3&gt;C3,"CHECK"," ")</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="12" customHeight="1">
+      <c r="A4" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D4" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E4" s="22">
+        <v>40</v>
+      </c>
+      <c r="F4" s="23">
+        <v>0</v>
+      </c>
+      <c r="G4" s="23">
+        <v>0</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J4" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L4" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="12" customHeight="1">
+      <c r="A5" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="22">
+        <v>10</v>
+      </c>
+      <c r="D5" s="22">
+        <v>3</v>
+      </c>
+      <c r="E5" s="22">
+        <v>40</v>
+      </c>
+      <c r="F5" s="23">
+        <v>0</v>
+      </c>
+      <c r="G5" s="23">
+        <v>0</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K5" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L5" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="12" customHeight="1">
+      <c r="A6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="22">
+        <v>10</v>
+      </c>
+      <c r="D6" s="22">
+        <v>3</v>
+      </c>
+      <c r="E6" s="22">
+        <v>30</v>
+      </c>
+      <c r="F6" s="23">
+        <v>0</v>
+      </c>
+      <c r="G6" s="23">
+        <v>0</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L6" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="12" customHeight="1">
+      <c r="A7" s="22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="22">
+        <v>1</v>
+      </c>
+      <c r="D7" s="22">
+        <v>0.3</v>
+      </c>
+      <c r="E7" s="22">
+        <v>40</v>
+      </c>
+      <c r="F7" s="23">
+        <v>0</v>
+      </c>
+      <c r="G7" s="23">
+        <v>0</v>
+      </c>
+      <c r="H7" s="22" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L7" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="12" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="22">
+        <v>0.01</v>
+      </c>
+      <c r="D8" s="22">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E8" s="22">
+        <v>50</v>
+      </c>
+      <c r="F8" s="23">
+        <v>0</v>
+      </c>
+      <c r="G8" s="23">
+        <v>0</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K8" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L8" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="12" customHeight="1">
+      <c r="A9" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D9" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="22">
+        <v>25</v>
+      </c>
+      <c r="F9" s="23">
+        <v>0</v>
+      </c>
+      <c r="G9" s="23">
+        <v>0</v>
+      </c>
+      <c r="H9" s="22">
+        <v>5.5E-2</v>
+      </c>
+      <c r="I9" s="12">
+        <f t="shared" si="0"/>
+        <v>5.5E-2</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K9" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L9" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="12" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="22">
+        <v>10</v>
+      </c>
+      <c r="D10" s="22">
+        <v>3</v>
+      </c>
+      <c r="E10" s="22">
+        <v>40</v>
+      </c>
+      <c r="F10" s="23">
+        <v>0</v>
+      </c>
+      <c r="G10" s="23">
+        <v>0</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K10" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L10" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="12" customHeight="1">
+      <c r="A11" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="22">
+        <v>60</v>
+      </c>
+      <c r="D11" s="22">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="23">
+        <v>0.27</v>
+      </c>
+      <c r="G11" s="23">
+        <v>0</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K11" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L11" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="12" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="22">
+        <v>5</v>
+      </c>
+      <c r="D12" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="E12" s="22">
+        <v>25</v>
+      </c>
+      <c r="F12" s="23">
+        <v>0.1</v>
+      </c>
+      <c r="G12" s="23">
+        <v>0</v>
+      </c>
+      <c r="H12" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K12" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L12" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="12" customHeight="1">
+      <c r="A13" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="22">
+        <v>50</v>
+      </c>
+      <c r="D13" s="22">
+        <v>15</v>
+      </c>
+      <c r="E13" s="22">
+        <v>30</v>
+      </c>
+      <c r="F13" s="23">
+        <v>3</v>
+      </c>
+      <c r="G13" s="23">
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K13" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L13" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="12" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="22">
+        <v>50</v>
+      </c>
+      <c r="D14" s="22">
+        <v>15</v>
+      </c>
+      <c r="E14" s="22">
+        <v>30</v>
+      </c>
+      <c r="F14" s="23">
+        <v>0</v>
+      </c>
+      <c r="G14" s="23">
+        <v>0</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K14" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L14" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="12" customHeight="1">
+      <c r="A15" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="D15" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="E15" s="22">
+        <v>20</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0</v>
+      </c>
+      <c r="G15" s="23">
+        <v>0</v>
+      </c>
+      <c r="H15" s="22">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="I15" s="12">
+        <f t="shared" si="0"/>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K15" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L15" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="22">
+        <v>200</v>
+      </c>
+      <c r="D16" s="22">
+        <v>60</v>
+      </c>
+      <c r="E16" s="22">
+        <v>30</v>
+      </c>
+      <c r="F16" s="23">
+        <v>7201</v>
+      </c>
+      <c r="G16" s="23">
+        <v>0</v>
+      </c>
+      <c r="H16" s="22">
+        <v>16</v>
+      </c>
+      <c r="I16" s="12">
+        <f t="shared" si="0"/>
+        <v>16</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L16" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="22">
+        <v>2</v>
+      </c>
+      <c r="D17" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="E17" s="22">
+        <v>25</v>
+      </c>
+      <c r="F17" s="23">
+        <v>0</v>
+      </c>
+      <c r="G17" s="23">
+        <v>0</v>
+      </c>
+      <c r="H17" s="22" t="s">
+        <v>71</v>
+      </c>
+      <c r="I17" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="22">
+        <v>10</v>
+      </c>
+      <c r="D18" s="22">
+        <v>3</v>
+      </c>
+      <c r="E18" s="22">
+        <v>30</v>
+      </c>
+      <c r="F18" s="23">
+        <v>0</v>
+      </c>
+      <c r="G18" s="23">
+        <v>0</v>
+      </c>
+      <c r="H18" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I18" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K18" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L18" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="22">
+        <v>50</v>
+      </c>
+      <c r="D19" s="22">
         <v>15</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="14" t="s">
+      <c r="E19" s="22">
+        <v>30</v>
+      </c>
+      <c r="F19" s="23">
+        <v>25</v>
+      </c>
+      <c r="G19" s="23">
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <v>1.2</v>
+      </c>
+      <c r="I19" s="12">
+        <f t="shared" si="0"/>
+        <v>1.2</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K19" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L19" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
+        <v>6</v>
+      </c>
+      <c r="E20" s="22">
+        <v>25</v>
+      </c>
+      <c r="F20" s="23">
+        <v>4</v>
+      </c>
+      <c r="G20" s="23">
+        <v>0</v>
+      </c>
+      <c r="H20" s="22">
+        <v>2.5</v>
+      </c>
+      <c r="I20" s="12">
+        <f t="shared" si="0"/>
+        <v>2.5</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K20" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L20" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="14" t="s">
+      <c r="B21" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="22">
+        <v>50</v>
+      </c>
+      <c r="D21" s="22">
+        <v>15</v>
+      </c>
+      <c r="E21" s="22">
+        <v>15</v>
+      </c>
+      <c r="F21" s="23">
+        <v>32</v>
+      </c>
+      <c r="G21" s="23">
         <v>18</v>
       </c>
-      <c r="G1" s="4" t="s">
+      <c r="H21" s="22">
+        <v>2.9</v>
+      </c>
+      <c r="I21" s="12">
+        <f t="shared" si="0"/>
+        <v>2.9</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L21" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D22" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E22" s="22">
         <v>20</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C3" s="7">
+      <c r="F22" s="23">
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <v>0</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L22" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D23" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E23" s="22">
+        <v>40</v>
+      </c>
+      <c r="F23" s="23">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="G23" s="23">
+        <v>0</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K23" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L23" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="22">
+        <v>20</v>
+      </c>
+      <c r="D24" s="22">
+        <v>6</v>
+      </c>
+      <c r="E24" s="22">
+        <v>40</v>
+      </c>
+      <c r="F24" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="G24" s="23">
+        <v>0</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K24" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L24" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="22">
+        <v>0.1</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0.03</v>
+      </c>
+      <c r="E25" s="22">
+        <v>50</v>
+      </c>
+      <c r="F25" s="23">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="G25" s="23">
+        <v>2.9499999999999998E-2</v>
+      </c>
+      <c r="H25" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I25" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K25" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L25" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D26" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E26" s="22">
+        <v>30</v>
+      </c>
+      <c r="F26" s="23"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="I26" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K26" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L26" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="D27" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E27" s="22">
+        <v>50</v>
+      </c>
+      <c r="F27" s="23">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="G27" s="23">
+        <v>0.03</v>
+      </c>
+      <c r="H27" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="I27" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L27" s="1" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" customFormat="1">
+      <c r="A28" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="22">
         <v>10</v>
       </c>
-      <c r="D3" s="8">
-[...25 lines deleted...]
-      <c r="D4" s="8">
+      <c r="D28" s="22">
+        <v>3</v>
+      </c>
+      <c r="E28" s="22">
+        <v>40</v>
+      </c>
+      <c r="F28" s="23">
+        <v>0</v>
+      </c>
+      <c r="G28" s="23">
+        <v>0</v>
+      </c>
+      <c r="H28" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K28" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:12" customFormat="1">
+      <c r="A29" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="22">
+        <v>100</v>
+      </c>
+      <c r="D29" s="22">
+        <v>30</v>
+      </c>
+      <c r="E29" s="22">
+        <v>40</v>
+      </c>
+      <c r="F29" s="23">
+        <v>6.59</v>
+      </c>
+      <c r="G29" s="23">
+        <v>3</v>
+      </c>
+      <c r="H29" s="22">
+        <v>0</v>
+      </c>
+      <c r="I29" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K29" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="22">
+        <v>30</v>
+      </c>
+      <c r="D30" s="22">
+        <v>9</v>
+      </c>
+      <c r="E30" s="22">
+        <v>30</v>
+      </c>
+      <c r="F30" s="23">
+        <v>0</v>
+      </c>
+      <c r="G30" s="23">
+        <v>0</v>
+      </c>
+      <c r="H30" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="I30" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K30" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="22">
         <v>0.5</v>
       </c>
-      <c r="E4" s="8">
-[...123 lines deleted...]
-      <c r="C9" s="7">
+      <c r="D31" s="22">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="22">
         <v>50</v>
       </c>
-      <c r="D9" s="8">
-[...42 lines deleted...]
-      <c r="A11" s="6" t="s">
+      <c r="F31" s="23">
+        <v>0</v>
+      </c>
+      <c r="G31" s="23">
+        <v>0</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="I31" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K31" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="22">
+        <v>5000</v>
+      </c>
+      <c r="D32" s="22">
+        <v>1500</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="23">
+        <v>23</v>
+      </c>
+      <c r="G32" s="23">
         <v>8</v>
       </c>
-      <c r="B11" s="27" t="s">
-[...545 lines deleted...]
-    <row r="36" ht="12" customHeight="1"/>
+      <c r="H32" s="22">
+        <v>49</v>
+      </c>
+      <c r="I32" s="12">
+        <f t="shared" si="0"/>
+        <v>49</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K32" s="13" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="G2">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>16</vt:i4>
+        <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
+    <vt:vector size="21" baseType="lpstr">
       <vt:lpstr>Leeswijzer</vt:lpstr>
-      <vt:lpstr>Pidpa 11</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>TMVW-Farys LG1</vt:lpstr>
+      <vt:lpstr>AWW PB</vt:lpstr>
+      <vt:lpstr>Pidpa 9</vt:lpstr>
+      <vt:lpstr>LG24_MO09</vt:lpstr>
+      <vt:lpstr>LG24_MO29</vt:lpstr>
+      <vt:lpstr>LG24_O03</vt:lpstr>
+      <vt:lpstr>Pidpa 1</vt:lpstr>
+      <vt:lpstr>LG24_MO16</vt:lpstr>
+      <vt:lpstr>LG24_O01</vt:lpstr>
+      <vt:lpstr>LG24_O20</vt:lpstr>
+      <vt:lpstr>LG24_O15</vt:lpstr>
       <vt:lpstr>Knokke-Heist</vt:lpstr>
-      <vt:lpstr>DW 005</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>DW MW09</vt:lpstr>
       <vt:lpstr>Aquaduin</vt:lpstr>
-      <vt:lpstr>DW W05</vt:lpstr>
-      <vt:lpstr>DW W12</vt:lpstr>
+      <vt:lpstr>LG24_W03</vt:lpstr>
+      <vt:lpstr>LG24_W11</vt:lpstr>
+      <vt:lpstr>LG24_MW01</vt:lpstr>
+      <vt:lpstr>LG24_MW16</vt:lpstr>
+      <vt:lpstr>LG24_MO03</vt:lpstr>
+      <vt:lpstr>LG24_W19</vt:lpstr>
+      <vt:lpstr>LG24_W18</vt:lpstr>
+      <vt:lpstr>Farys 5</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MVG</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>vdwaerst</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>